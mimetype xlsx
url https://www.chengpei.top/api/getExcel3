--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -148,151 +148,151 @@
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
     <col min="33" max="33" width="2.734375" customWidth="true"/>
     <col min="34" max="34" width="2.734375" customWidth="true"/>
     <col min="35" max="35" width="2.734375" customWidth="true"/>
     <col min="36" max="36" width="2.734375" customWidth="true"/>
     <col min="37" max="37" width="2.734375" customWidth="true"/>
     <col min="38" max="38" width="2.734375" customWidth="true"/>
     <col min="39" max="39" width="2.734375" customWidth="true"/>
     <col min="40" max="40" width="2.734375" customWidth="true"/>
     <col min="41" max="41" width="2.734375" customWidth="true"/>
     <col min="42" max="42" width="2.734375" customWidth="true"/>
     <col min="43" max="43" width="2.734375" customWidth="true"/>
     <col min="44" max="44" width="2.734375" customWidth="true"/>
     <col min="45" max="45" width="2.734375" customWidth="true"/>
     <col min="46" max="46" width="2.734375" customWidth="true"/>
     <col min="47" max="47" width="2.734375" customWidth="true"/>
     <col min="48" max="48" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="18.0" customHeight="true">
       <c r="A1" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C1" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E1" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H1"/>
       <c r="I1" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K1" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="L1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M1" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="N1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P1"/>
       <c r="Q1" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="R1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S1" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="T1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U1" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="V1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X1"/>
       <c r="Y1" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA1" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC1" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF1"/>
       <c r="AG1" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AH1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI1" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK1" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN1"/>
       <c r="AO1"/>
       <c r="AP1"/>
       <c r="AQ1"/>
       <c r="AR1"/>
       <c r="AS1"/>
       <c r="AT1"/>
       <c r="AU1"/>
       <c r="AV1"/>
       <c r="AW1"/>
       <c r="AX1"/>
       <c r="AY1"/>
       <c r="AZ1"/>
       <c r="BA1"/>
       <c r="BB1"/>
       <c r="BC1"/>
       <c r="BD1"/>
     </row>
@@ -334,151 +334,151 @@
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2"/>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2"/>
       <c r="BA2"/>
       <c r="BB2"/>
       <c r="BC2"/>
       <c r="BD2"/>
     </row>
     <row r="3" ht="18.0" customHeight="true">
       <c r="A3" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="B3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C3" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E3" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K3" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="L3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M3" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="N3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P3"/>
       <c r="Q3" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="R3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S3" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="T3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U3" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X3"/>
       <c r="Y3" t="n" s="1">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA3" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC3" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AD3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF3"/>
       <c r="AG3" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="AH3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI3" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AJ3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK3" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN3"/>
       <c r="AO3"/>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3"/>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3"/>
       <c r="BA3"/>
       <c r="BB3"/>
       <c r="BC3"/>
       <c r="BD3"/>
     </row>
@@ -520,145 +520,145 @@
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4"/>
       <c r="BA4"/>
       <c r="BB4"/>
       <c r="BC4"/>
       <c r="BD4"/>
     </row>
     <row r="5" ht="18.0" customHeight="true">
       <c r="A5" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C5" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E5" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="F5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="J5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K5" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="L5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M5" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="N5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P5"/>
       <c r="Q5" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="R5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S5" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="T5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U5" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="V5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X5"/>
       <c r="Y5" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA5" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC5" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF5"/>
       <c r="AG5" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI5" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK5" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AL5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN5"/>
       <c r="AO5"/>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
@@ -706,151 +706,151 @@
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6"/>
       <c r="BA6"/>
       <c r="BB6"/>
       <c r="BC6"/>
       <c r="BD6"/>
     </row>
     <row r="7" ht="18.0" customHeight="true">
       <c r="A7" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="B7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C7" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E7" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="F7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="J7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K7" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="L7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M7" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="N7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P7"/>
       <c r="Q7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S7" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="T7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U7" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="V7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X7"/>
       <c r="Y7" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA7" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC7" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AD7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF7"/>
       <c r="AG7" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AH7" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="AI7" t="n" s="1">
         <v>6.0</v>
       </c>
-      <c r="AH7" t="s" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="AJ7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK7" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN7"/>
       <c r="AO7"/>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7"/>
       <c r="BA7"/>
       <c r="BB7"/>
       <c r="BC7"/>
       <c r="BD7"/>
     </row>
@@ -892,151 +892,151 @@
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8"/>
       <c r="BA8"/>
       <c r="BB8"/>
       <c r="BC8"/>
       <c r="BD8"/>
     </row>
     <row r="9" ht="18.0" customHeight="true">
       <c r="A9" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C9" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E9" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="F9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K9" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="L9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M9" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P9"/>
       <c r="Q9" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="R9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S9" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="T9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U9" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="V9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X9"/>
       <c r="Y9" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="Z9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA9" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC9" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AD9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF9"/>
       <c r="AG9" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI9" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AJ9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK9" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN9"/>
       <c r="AO9"/>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9"/>
       <c r="BA9"/>
       <c r="BB9"/>
       <c r="BC9"/>
       <c r="BD9"/>
     </row>
@@ -1084,145 +1084,145 @@
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10"/>
       <c r="BA10"/>
       <c r="BB10"/>
       <c r="BC10"/>
       <c r="BD10"/>
     </row>
     <row r="11" ht="18.0" customHeight="true">
       <c r="A11" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="B11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C11" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E11" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="F11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="J11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K11" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="L11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M11" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="N11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="n" s="1">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="R11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S11" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="T11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U11" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="V11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X11"/>
       <c r="Y11" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA11" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC11" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF11"/>
       <c r="AG11" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI11" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK11" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN11"/>
       <c r="AO11"/>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11"/>
       <c r="BA11"/>
       <c r="BB11"/>
       <c r="BC11"/>
       <c r="BD11"/>
     </row>
@@ -1264,151 +1264,151 @@
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
       <c r="BD12"/>
     </row>
     <row r="13" ht="18.0" customHeight="true">
       <c r="A13" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C13" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E13" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="J13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K13" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="L13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M13" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P13"/>
       <c r="Q13" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="R13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S13" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="T13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U13" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X13"/>
       <c r="Y13" t="n" s="1">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA13" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC13" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF13"/>
       <c r="AG13" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI13" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK13" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13"/>
       <c r="BA13"/>
       <c r="BB13"/>
       <c r="BC13"/>
       <c r="BD13"/>
     </row>
@@ -1456,139 +1456,139 @@
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14"/>
       <c r="BA14"/>
       <c r="BB14"/>
       <c r="BC14"/>
       <c r="BD14"/>
     </row>
     <row r="15" ht="18.0" customHeight="true">
       <c r="A15" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="B15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C15" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="D15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E15" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="J15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K15" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="L15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M15" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="N15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P15"/>
       <c r="Q15" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S15" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U15" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="V15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X15"/>
       <c r="Y15" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA15" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC15" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF15"/>
       <c r="AG15" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="AH15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI15" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK15" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AL15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN15"/>
       <c r="AO15"/>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
@@ -1636,151 +1636,151 @@
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16"/>
       <c r="BA16"/>
       <c r="BB16"/>
       <c r="BC16"/>
       <c r="BD16"/>
     </row>
     <row r="17" ht="18.0" customHeight="true">
       <c r="A17" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C17" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E17" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="F17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="J17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K17" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="L17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M17" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="N17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P17"/>
       <c r="Q17" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="R17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S17" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="T17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U17" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X17"/>
       <c r="Y17" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA17" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC17" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AD17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF17"/>
       <c r="AG17" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI17" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK17" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN17"/>
       <c r="AO17"/>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17"/>
       <c r="BA17"/>
       <c r="BB17"/>
       <c r="BC17"/>
       <c r="BD17"/>
     </row>
@@ -1822,151 +1822,151 @@
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18"/>
       <c r="BA18"/>
       <c r="BB18"/>
       <c r="BC18"/>
       <c r="BD18"/>
     </row>
     <row r="19" ht="18.0" customHeight="true">
       <c r="A19" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="B19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C19" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E19" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="F19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="J19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K19" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="L19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M19" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P19"/>
       <c r="Q19" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="R19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S19" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="T19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U19" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X19"/>
       <c r="Y19" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA19" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC19" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF19"/>
       <c r="AG19" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AH19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI19" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK19" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN19"/>
       <c r="AO19"/>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19"/>
       <c r="BA19"/>
       <c r="BB19"/>
       <c r="BC19"/>
       <c r="BD19"/>
     </row>
@@ -2008,151 +2008,151 @@
       <c r="AI20"/>
       <c r="AJ20"/>
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20"/>
       <c r="BA20"/>
       <c r="BB20"/>
       <c r="BC20"/>
       <c r="BD20"/>
     </row>
     <row r="21" ht="18.0" customHeight="true">
       <c r="A21" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="B21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C21" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E21" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="F21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="J21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K21" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M21" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="N21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P21"/>
       <c r="Q21" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S21" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="T21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U21" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="V21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X21"/>
       <c r="Y21" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA21" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC21" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF21"/>
       <c r="AG21" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI21" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK21" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN21"/>
       <c r="AO21"/>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21"/>
       <c r="BA21"/>
       <c r="BB21"/>
       <c r="BC21"/>
       <c r="BD21"/>
     </row>
@@ -2194,151 +2194,151 @@
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22"/>
       <c r="BA22"/>
       <c r="BB22"/>
       <c r="BC22"/>
       <c r="BD22"/>
     </row>
     <row r="23" ht="18.0" customHeight="true">
       <c r="A23" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C23" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E23" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="F23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="J23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K23" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="L23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M23" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="N23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P23"/>
       <c r="Q23" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S23" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="T23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U23" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="V23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X23"/>
       <c r="Y23" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="Z23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA23" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC23" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF23"/>
       <c r="AG23" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI23" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK23" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AL23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN23"/>
       <c r="AO23"/>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23"/>
       <c r="BA23"/>
       <c r="BB23"/>
       <c r="BC23"/>
       <c r="BD23"/>
     </row>
@@ -2380,151 +2380,151 @@
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24"/>
       <c r="BA24"/>
       <c r="BB24"/>
       <c r="BC24"/>
       <c r="BD24"/>
     </row>
     <row r="25" ht="18.0" customHeight="true">
       <c r="A25" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C25" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E25" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K25" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="L25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M25" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="N25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P25"/>
       <c r="Q25" t="n" s="1">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="R25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S25" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="T25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U25" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="V25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X25"/>
       <c r="Y25" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA25" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC25" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF25"/>
       <c r="AG25" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI25" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AJ25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK25" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN25"/>
       <c r="AO25"/>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
       <c r="AY25"/>
       <c r="AZ25"/>
       <c r="BA25"/>
       <c r="BB25"/>
       <c r="BC25"/>
       <c r="BD25"/>
     </row>
@@ -2566,151 +2566,151 @@
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
       <c r="AY26"/>
       <c r="AZ26"/>
       <c r="BA26"/>
       <c r="BB26"/>
       <c r="BC26"/>
       <c r="BD26"/>
     </row>
     <row r="27" ht="18.0" customHeight="true">
       <c r="A27" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C27" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E27" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="J27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K27" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="L27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M27" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P27"/>
       <c r="Q27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S27" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="T27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U27" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="V27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X27"/>
       <c r="Y27" t="n" s="1">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA27" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC27" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AD27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF27"/>
       <c r="AG27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI27" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK27" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN27"/>
       <c r="AO27"/>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
       <c r="AY27"/>
       <c r="AZ27"/>
       <c r="BA27"/>
       <c r="BB27"/>
       <c r="BC27"/>
       <c r="BD27"/>
     </row>
@@ -2752,151 +2752,151 @@
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
       <c r="AY28"/>
       <c r="AZ28"/>
       <c r="BA28"/>
       <c r="BB28"/>
       <c r="BC28"/>
       <c r="BD28"/>
     </row>
     <row r="29" ht="18.0" customHeight="true">
       <c r="A29" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="B29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C29" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="D29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E29" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="J29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K29" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="L29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M29" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="N29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P29"/>
       <c r="Q29" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="R29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S29" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="T29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U29" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="V29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X29"/>
       <c r="Y29" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA29" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC29" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF29"/>
       <c r="AG29" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="AH29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI29" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK29" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
       <c r="AY29"/>
       <c r="AZ29"/>
       <c r="BA29"/>
       <c r="BB29"/>
       <c r="BC29"/>
       <c r="BD29"/>
     </row>
@@ -2938,151 +2938,151 @@
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
       <c r="AY30"/>
       <c r="AZ30"/>
       <c r="BA30"/>
       <c r="BB30"/>
       <c r="BC30"/>
       <c r="BD30"/>
     </row>
     <row r="31" ht="18.0" customHeight="true">
       <c r="A31" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C31" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="D31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E31" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="F31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K31" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="L31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M31" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P31"/>
       <c r="Q31" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S31" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="T31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U31" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="V31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X31"/>
       <c r="Y31" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA31" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC31" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF31"/>
       <c r="AG31" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI31" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AJ31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK31" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
       <c r="AY31"/>
       <c r="AZ31"/>
       <c r="BA31"/>
       <c r="BB31"/>
       <c r="BC31"/>
       <c r="BD31"/>
     </row>
@@ -3136,127 +3136,127 @@
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
       <c r="AY32"/>
       <c r="AZ32"/>
       <c r="BA32"/>
       <c r="BB32"/>
       <c r="BC32"/>
       <c r="BD32"/>
     </row>
     <row r="33" ht="18.0" customHeight="true">
       <c r="A33" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="B33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C33" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="D33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E33" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="F33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="J33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K33" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M33" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P33"/>
       <c r="Q33" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="R33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S33" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="T33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U33" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="V33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X33"/>
       <c r="Y33" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA33" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC33" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF33"/>
       <c r="AG33" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI33" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AJ33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK33" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AL33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN33"/>
       <c r="AO33"/>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
@@ -3310,151 +3310,151 @@
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
       <c r="AY34"/>
       <c r="AZ34"/>
       <c r="BA34"/>
       <c r="BB34"/>
       <c r="BC34"/>
       <c r="BD34"/>
     </row>
     <row r="35" ht="18.0" customHeight="true">
       <c r="A35" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="B35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C35" t="n" s="1">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="D35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E35" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K35" t="n" s="1">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="L35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M35" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="N35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P35"/>
       <c r="Q35" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="R35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S35" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="T35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U35" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="V35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X35"/>
       <c r="Y35" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA35" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC35" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF35"/>
       <c r="AG35" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI35" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK35" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN35"/>
       <c r="AO35"/>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
       <c r="AY35"/>
       <c r="AZ35"/>
       <c r="BA35"/>
       <c r="BB35"/>
       <c r="BC35"/>
       <c r="BD35"/>
     </row>
@@ -3496,151 +3496,151 @@
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
       <c r="AY36"/>
       <c r="AZ36"/>
       <c r="BA36"/>
       <c r="BB36"/>
       <c r="BC36"/>
       <c r="BD36"/>
     </row>
     <row r="37" ht="18.0" customHeight="true">
       <c r="A37" t="n" s="1">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="B37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C37" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E37" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K37" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="L37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M37" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P37"/>
       <c r="Q37" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="R37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S37" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="T37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U37" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="V37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X37"/>
       <c r="Y37" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="Z37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA37" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC37" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF37"/>
       <c r="AG37" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="AH37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI37" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK37" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN37"/>
       <c r="AO37"/>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
       <c r="AY37"/>
       <c r="AZ37"/>
       <c r="BA37"/>
       <c r="BB37"/>
       <c r="BC37"/>
       <c r="BD37"/>
     </row>
@@ -3682,151 +3682,151 @@
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
       <c r="AY38"/>
       <c r="AZ38"/>
       <c r="BA38"/>
       <c r="BB38"/>
       <c r="BC38"/>
       <c r="BD38"/>
     </row>
     <row r="39" ht="18.0" customHeight="true">
       <c r="A39" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="B39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C39" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E39" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="F39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K39" t="n" s="1">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="L39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M39" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="N39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P39"/>
       <c r="Q39" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="R39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S39" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="T39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U39" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="V39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X39"/>
       <c r="Y39" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA39" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC39" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF39"/>
       <c r="AG39" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI39" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK39" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN39"/>
       <c r="AO39"/>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
       <c r="AY39"/>
       <c r="AZ39"/>
       <c r="BA39"/>
       <c r="BB39"/>
       <c r="BC39"/>
       <c r="BD39"/>
     </row>
@@ -3868,151 +3868,151 @@
       <c r="AI40"/>
       <c r="AJ40"/>
       <c r="AK40"/>
       <c r="AL40"/>
       <c r="AM40"/>
       <c r="AN40"/>
       <c r="AO40"/>
       <c r="AP40"/>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40"/>
       <c r="AY40"/>
       <c r="AZ40"/>
       <c r="BA40"/>
       <c r="BB40"/>
       <c r="BC40"/>
       <c r="BD40"/>
     </row>
     <row r="41" ht="18.0" customHeight="true">
       <c r="A41" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C41" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="D41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E41" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="F41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K41" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M41" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="N41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P41"/>
       <c r="Q41" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S41" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="T41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U41" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="V41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X41"/>
       <c r="Y41" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA41" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC41" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AD41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF41"/>
       <c r="AG41" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI41" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK41" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN41"/>
       <c r="AO41"/>
       <c r="AP41"/>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41"/>
       <c r="AY41"/>
       <c r="AZ41"/>
       <c r="BA41"/>
       <c r="BB41"/>
       <c r="BC41"/>
       <c r="BD41"/>
     </row>
@@ -4060,145 +4060,145 @@
       <c r="AO42"/>
       <c r="AP42"/>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42"/>
       <c r="AY42"/>
       <c r="AZ42"/>
       <c r="BA42"/>
       <c r="BB42"/>
       <c r="BC42"/>
       <c r="BD42"/>
     </row>
     <row r="43" ht="18.0" customHeight="true">
       <c r="A43" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="B43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C43" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E43" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="F43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="J43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K43" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M43" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="N43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P43"/>
       <c r="Q43" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="R43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S43" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="T43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U43" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="V43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X43"/>
       <c r="Y43" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA43" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AB43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC43" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF43"/>
       <c r="AG43" t="n" s="1">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI43" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK43" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AL43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN43"/>
       <c r="AO43"/>
       <c r="AP43"/>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43"/>
       <c r="AY43"/>
       <c r="AZ43"/>
       <c r="BA43"/>
       <c r="BB43"/>
       <c r="BC43"/>
       <c r="BD43"/>
     </row>
@@ -4240,151 +4240,151 @@
       <c r="AI44"/>
       <c r="AJ44"/>
       <c r="AK44"/>
       <c r="AL44"/>
       <c r="AM44"/>
       <c r="AN44"/>
       <c r="AO44"/>
       <c r="AP44"/>
       <c r="AQ44"/>
       <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44"/>
       <c r="AY44"/>
       <c r="AZ44"/>
       <c r="BA44"/>
       <c r="BB44"/>
       <c r="BC44"/>
       <c r="BD44"/>
     </row>
     <row r="45" ht="18.0" customHeight="true">
       <c r="A45" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="B45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C45" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="D45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E45" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="J45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K45" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M45" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="N45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P45"/>
       <c r="Q45" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="R45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S45" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="T45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U45" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="V45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X45"/>
       <c r="Y45" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA45" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC45" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF45"/>
       <c r="AG45" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI45" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AJ45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK45" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN45"/>
       <c r="AO45"/>
       <c r="AP45"/>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45"/>
       <c r="AY45"/>
       <c r="AZ45"/>
       <c r="BA45"/>
       <c r="BB45"/>
       <c r="BC45"/>
       <c r="BD45"/>
     </row>
@@ -4426,139 +4426,139 @@
       <c r="AI46"/>
       <c r="AJ46"/>
       <c r="AK46"/>
       <c r="AL46"/>
       <c r="AM46"/>
       <c r="AN46"/>
       <c r="AO46"/>
       <c r="AP46"/>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46"/>
       <c r="AY46"/>
       <c r="AZ46"/>
       <c r="BA46"/>
       <c r="BB46"/>
       <c r="BC46"/>
       <c r="BD46"/>
     </row>
     <row r="47" ht="18.0" customHeight="true">
       <c r="A47" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C47" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="D47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E47" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="J47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K47" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M47" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="N47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P47"/>
       <c r="Q47" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="R47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S47" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="T47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U47" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="V47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X47"/>
       <c r="Y47" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="Z47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA47" t="n" s="1">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC47" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF47"/>
       <c r="AG47" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI47" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AJ47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK47" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AL47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN47"/>
       <c r="AO47"/>
       <c r="AP47"/>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
@@ -4612,151 +4612,151 @@
       <c r="AI48"/>
       <c r="AJ48"/>
       <c r="AK48"/>
       <c r="AL48"/>
       <c r="AM48"/>
       <c r="AN48"/>
       <c r="AO48"/>
       <c r="AP48"/>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48"/>
       <c r="AY48"/>
       <c r="AZ48"/>
       <c r="BA48"/>
       <c r="BB48"/>
       <c r="BC48"/>
       <c r="BD48"/>
     </row>
     <row r="49" ht="18.0" customHeight="true">
       <c r="A49" t="n" s="1">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="B49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C49" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E49" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="F49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K49" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M49" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P49"/>
       <c r="Q49" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="R49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S49" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="T49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U49" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="V49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X49"/>
       <c r="Y49" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA49" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC49" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF49"/>
       <c r="AG49" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="AH49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI49" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK49" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN49"/>
       <c r="AO49"/>
       <c r="AP49"/>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49"/>
       <c r="AY49"/>
       <c r="AZ49"/>
       <c r="BA49"/>
       <c r="BB49"/>
       <c r="BC49"/>
       <c r="BD49"/>
     </row>