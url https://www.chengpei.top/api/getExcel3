--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -148,139 +148,139 @@
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
     <col min="33" max="33" width="2.734375" customWidth="true"/>
     <col min="34" max="34" width="2.734375" customWidth="true"/>
     <col min="35" max="35" width="2.734375" customWidth="true"/>
     <col min="36" max="36" width="2.734375" customWidth="true"/>
     <col min="37" max="37" width="2.734375" customWidth="true"/>
     <col min="38" max="38" width="2.734375" customWidth="true"/>
     <col min="39" max="39" width="2.734375" customWidth="true"/>
     <col min="40" max="40" width="2.734375" customWidth="true"/>
     <col min="41" max="41" width="2.734375" customWidth="true"/>
     <col min="42" max="42" width="2.734375" customWidth="true"/>
     <col min="43" max="43" width="2.734375" customWidth="true"/>
     <col min="44" max="44" width="2.734375" customWidth="true"/>
     <col min="45" max="45" width="2.734375" customWidth="true"/>
     <col min="46" max="46" width="2.734375" customWidth="true"/>
     <col min="47" max="47" width="2.734375" customWidth="true"/>
     <col min="48" max="48" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="18.0" customHeight="true">
       <c r="A1" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C1" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E1" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="F1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H1"/>
       <c r="I1" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="J1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K1" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="L1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M1" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="N1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P1"/>
       <c r="Q1" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S1" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="T1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U1" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="V1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X1"/>
       <c r="Y1" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA1" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC1" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF1"/>
       <c r="AG1" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="AH1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI1" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AJ1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK1" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AL1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN1"/>
       <c r="AO1"/>
       <c r="AP1"/>
       <c r="AQ1"/>
       <c r="AR1"/>
       <c r="AS1"/>
@@ -334,139 +334,139 @@
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2"/>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2"/>
       <c r="BA2"/>
       <c r="BB2"/>
       <c r="BC2"/>
       <c r="BD2"/>
     </row>
     <row r="3" ht="18.0" customHeight="true">
       <c r="A3" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="B3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C3" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E3" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="F3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="J3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K3" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="L3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M3" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="N3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P3"/>
       <c r="Q3" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="R3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S3" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="T3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U3" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X3"/>
       <c r="Y3" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA3" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC3" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF3"/>
       <c r="AG3" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI3" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AJ3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK3" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AL3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN3"/>
       <c r="AO3"/>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
@@ -526,139 +526,139 @@
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4"/>
       <c r="BA4"/>
       <c r="BB4"/>
       <c r="BC4"/>
       <c r="BD4"/>
     </row>
     <row r="5" ht="18.0" customHeight="true">
       <c r="A5" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="B5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C5" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E5" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="F5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="J5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K5" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M5" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="N5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P5"/>
       <c r="Q5" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="R5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S5" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="T5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U5" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="V5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X5"/>
       <c r="Y5" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA5" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC5" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF5"/>
       <c r="AG5" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI5" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AJ5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK5" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AL5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN5"/>
       <c r="AO5"/>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
@@ -706,151 +706,151 @@
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6"/>
       <c r="BA6"/>
       <c r="BB6"/>
       <c r="BC6"/>
       <c r="BD6"/>
     </row>
     <row r="7" ht="18.0" customHeight="true">
       <c r="A7" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="B7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C7" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E7" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="J7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K7" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M7" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P7"/>
       <c r="Q7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S7" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="T7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U7" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X7"/>
       <c r="Y7" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA7" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC7" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF7"/>
       <c r="AG7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI7" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK7" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN7"/>
       <c r="AO7"/>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7"/>
       <c r="BA7"/>
       <c r="BB7"/>
       <c r="BC7"/>
       <c r="BD7"/>
     </row>
@@ -892,151 +892,151 @@
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8"/>
       <c r="BA8"/>
       <c r="BB8"/>
       <c r="BC8"/>
       <c r="BD8"/>
     </row>
     <row r="9" ht="18.0" customHeight="true">
       <c r="A9" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="B9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C9" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E9" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="J9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K9" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M9" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="N9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P9"/>
       <c r="Q9" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="R9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S9" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="T9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U9" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="V9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X9"/>
       <c r="Y9" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA9" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC9" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AD9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF9"/>
       <c r="AG9" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI9" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AJ9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK9" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN9"/>
       <c r="AO9"/>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9"/>
       <c r="BA9"/>
       <c r="BB9"/>
       <c r="BC9"/>
       <c r="BD9"/>
     </row>
@@ -1078,151 +1078,151 @@
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10"/>
       <c r="BA10"/>
       <c r="BB10"/>
       <c r="BC10"/>
       <c r="BD10"/>
     </row>
     <row r="11" ht="18.0" customHeight="true">
       <c r="A11" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="B11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C11" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="D11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E11" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="F11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="J11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K11" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="L11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M11" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="R11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S11" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="T11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U11" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="V11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X11"/>
       <c r="Y11" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA11" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC11" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF11"/>
       <c r="AG11" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="AH11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI11" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK11" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN11"/>
       <c r="AO11"/>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11"/>
       <c r="BA11"/>
       <c r="BB11"/>
       <c r="BC11"/>
       <c r="BD11"/>
     </row>
@@ -1264,151 +1264,151 @@
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
       <c r="BD12"/>
     </row>
     <row r="13" ht="18.0" customHeight="true">
       <c r="A13" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C13" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E13" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K13" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="L13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M13" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P13"/>
       <c r="Q13" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="R13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S13" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="T13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U13" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="V13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X13"/>
       <c r="Y13" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="Z13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA13" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC13" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF13"/>
       <c r="AG13" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI13" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AJ13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK13" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13"/>
       <c r="BA13"/>
       <c r="BB13"/>
       <c r="BC13"/>
       <c r="BD13"/>
     </row>
@@ -1450,151 +1450,151 @@
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14"/>
       <c r="BA14"/>
       <c r="BB14"/>
       <c r="BC14"/>
       <c r="BD14"/>
     </row>
     <row r="15" ht="18.0" customHeight="true">
       <c r="A15" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C15" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E15" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="F15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K15" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="L15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M15" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="N15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P15"/>
       <c r="Q15" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="R15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S15" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="T15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U15" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="V15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X15"/>
       <c r="Y15" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA15" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC15" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF15"/>
       <c r="AG15" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI15" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AJ15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK15" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN15"/>
       <c r="AO15"/>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15"/>
       <c r="BA15"/>
       <c r="BB15"/>
       <c r="BC15"/>
       <c r="BD15"/>
     </row>
@@ -1636,151 +1636,151 @@
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16"/>
       <c r="BA16"/>
       <c r="BB16"/>
       <c r="BC16"/>
       <c r="BD16"/>
     </row>
     <row r="17" ht="18.0" customHeight="true">
       <c r="A17" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="B17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C17" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E17" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="F17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K17" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="L17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M17" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="N17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P17"/>
       <c r="Q17" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="R17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S17" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="T17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U17" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="V17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X17"/>
       <c r="Y17" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA17" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC17" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF17"/>
       <c r="AG17" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AH17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI17" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK17" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN17"/>
       <c r="AO17"/>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17"/>
       <c r="BA17"/>
       <c r="BB17"/>
       <c r="BC17"/>
       <c r="BD17"/>
     </row>
@@ -1822,151 +1822,151 @@
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18"/>
       <c r="BA18"/>
       <c r="BB18"/>
       <c r="BC18"/>
       <c r="BD18"/>
     </row>
     <row r="19" ht="18.0" customHeight="true">
       <c r="A19" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="B19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C19" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E19" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="F19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="J19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K19" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="L19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M19" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="N19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P19"/>
       <c r="Q19" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="R19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S19" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="T19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U19" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X19"/>
       <c r="Y19" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA19" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC19" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF19"/>
       <c r="AG19" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AH19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI19" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK19" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AL19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN19"/>
       <c r="AO19"/>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19"/>
       <c r="BA19"/>
       <c r="BB19"/>
       <c r="BC19"/>
       <c r="BD19"/>
     </row>
@@ -2008,151 +2008,151 @@
       <c r="AI20"/>
       <c r="AJ20"/>
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20"/>
       <c r="BA20"/>
       <c r="BB20"/>
       <c r="BC20"/>
       <c r="BD20"/>
     </row>
     <row r="21" ht="18.0" customHeight="true">
       <c r="A21" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="B21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C21" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E21" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="F21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="J21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K21" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="L21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M21" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="N21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P21"/>
       <c r="Q21" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="R21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S21" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="T21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U21" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="V21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X21"/>
       <c r="Y21" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA21" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC21" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AD21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF21"/>
       <c r="AG21" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI21" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK21" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN21"/>
       <c r="AO21"/>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21"/>
       <c r="BA21"/>
       <c r="BB21"/>
       <c r="BC21"/>
       <c r="BD21"/>
     </row>
@@ -2194,151 +2194,151 @@
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22"/>
       <c r="BA22"/>
       <c r="BB22"/>
       <c r="BC22"/>
       <c r="BD22"/>
     </row>
     <row r="23" ht="18.0" customHeight="true">
       <c r="A23" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C23" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E23" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="F23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="J23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K23" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="L23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M23" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="N23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P23"/>
       <c r="Q23" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S23" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="T23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U23" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="V23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X23"/>
       <c r="Y23" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA23" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC23" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF23"/>
       <c r="AG23" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI23" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AJ23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK23" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN23"/>
       <c r="AO23"/>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23"/>
       <c r="BA23"/>
       <c r="BB23"/>
       <c r="BC23"/>
       <c r="BD23"/>
     </row>
@@ -2380,145 +2380,145 @@
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24"/>
       <c r="BA24"/>
       <c r="BB24"/>
       <c r="BC24"/>
       <c r="BD24"/>
     </row>
     <row r="25" ht="18.0" customHeight="true">
       <c r="A25" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="B25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C25" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="D25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E25" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="F25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K25" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M25" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="N25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P25"/>
       <c r="Q25" t="n" s="1">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="R25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S25" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="T25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U25" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="V25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X25"/>
       <c r="Y25" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA25" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC25" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF25"/>
       <c r="AG25" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI25" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK25" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AL25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN25"/>
       <c r="AO25"/>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
       <c r="AY25"/>
@@ -2566,151 +2566,151 @@
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
       <c r="AY26"/>
       <c r="AZ26"/>
       <c r="BA26"/>
       <c r="BB26"/>
       <c r="BC26"/>
       <c r="BD26"/>
     </row>
     <row r="27" ht="18.0" customHeight="true">
       <c r="A27" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C27" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E27" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="F27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K27" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M27" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="N27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P27"/>
       <c r="Q27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S27" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="T27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U27" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="V27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X27"/>
       <c r="Y27" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA27" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC27" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AD27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF27"/>
       <c r="AG27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI27" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AJ27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK27" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AL27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN27"/>
       <c r="AO27"/>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
       <c r="AY27"/>
       <c r="AZ27"/>
       <c r="BA27"/>
       <c r="BB27"/>
       <c r="BC27"/>
       <c r="BD27"/>
     </row>
@@ -2752,151 +2752,151 @@
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
       <c r="AY28"/>
       <c r="AZ28"/>
       <c r="BA28"/>
       <c r="BB28"/>
       <c r="BC28"/>
       <c r="BD28"/>
     </row>
     <row r="29" ht="18.0" customHeight="true">
       <c r="A29" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="B29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C29" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="D29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E29" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="F29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K29" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="L29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M29" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P29"/>
       <c r="Q29" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="R29" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="S29" t="n" s="1">
         <v>6.0</v>
       </c>
-      <c r="R29" t="s" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="T29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U29" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X29"/>
       <c r="Y29" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="Z29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA29" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC29" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF29"/>
       <c r="AG29" t="n" s="1">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI29" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AJ29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK29" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
       <c r="AY29"/>
       <c r="AZ29"/>
       <c r="BA29"/>
       <c r="BB29"/>
       <c r="BC29"/>
       <c r="BD29"/>
     </row>
@@ -2938,151 +2938,151 @@
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
       <c r="AY30"/>
       <c r="AZ30"/>
       <c r="BA30"/>
       <c r="BB30"/>
       <c r="BC30"/>
       <c r="BD30"/>
     </row>
     <row r="31" ht="18.0" customHeight="true">
       <c r="A31" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C31" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E31" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="F31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K31" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="L31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M31" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="N31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P31"/>
       <c r="Q31" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="R31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S31" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="T31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U31" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="V31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X31"/>
       <c r="Y31" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="Z31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA31" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC31" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF31"/>
       <c r="AG31" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="AH31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI31" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AJ31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK31" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AL31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
       <c r="AY31"/>
       <c r="AZ31"/>
       <c r="BA31"/>
       <c r="BB31"/>
       <c r="BC31"/>
       <c r="BD31"/>
     </row>
@@ -3124,151 +3124,151 @@
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
       <c r="AY32"/>
       <c r="AZ32"/>
       <c r="BA32"/>
       <c r="BB32"/>
       <c r="BC32"/>
       <c r="BD32"/>
     </row>
     <row r="33" ht="18.0" customHeight="true">
       <c r="A33" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="B33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C33" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E33" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="F33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="J33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K33" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="L33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M33" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="N33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P33"/>
       <c r="Q33" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S33" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="T33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U33" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="V33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X33"/>
       <c r="Y33" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA33" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC33" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AD33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF33"/>
       <c r="AG33" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI33" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AJ33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK33" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN33"/>
       <c r="AO33"/>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33"/>
       <c r="AY33"/>
       <c r="AZ33"/>
       <c r="BA33"/>
       <c r="BB33"/>
       <c r="BC33"/>
       <c r="BD33"/>
     </row>
@@ -3310,151 +3310,151 @@
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
       <c r="AY34"/>
       <c r="AZ34"/>
       <c r="BA34"/>
       <c r="BB34"/>
       <c r="BC34"/>
       <c r="BD34"/>
     </row>
     <row r="35" ht="18.0" customHeight="true">
       <c r="A35" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="B35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C35" t="n" s="1">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E35" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="F35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K35" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="L35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M35" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="N35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P35"/>
       <c r="Q35" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="R35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S35" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="T35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U35" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="V35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X35"/>
       <c r="Y35" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="Z35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA35" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="AB35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC35" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF35"/>
       <c r="AG35" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AH35" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="AI35" t="n" s="1">
         <v>6.0</v>
       </c>
-      <c r="AH35" t="s" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="AJ35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK35" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN35"/>
       <c r="AO35"/>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
       <c r="AY35"/>
       <c r="AZ35"/>
       <c r="BA35"/>
       <c r="BB35"/>
       <c r="BC35"/>
       <c r="BD35"/>
     </row>
@@ -3496,151 +3496,151 @@
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
       <c r="AY36"/>
       <c r="AZ36"/>
       <c r="BA36"/>
       <c r="BB36"/>
       <c r="BC36"/>
       <c r="BD36"/>
     </row>
     <row r="37" ht="18.0" customHeight="true">
       <c r="A37" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C37" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E37" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K37" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="L37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M37" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="N37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P37"/>
       <c r="Q37" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="R37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S37" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U37" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="V37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X37"/>
       <c r="Y37" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA37" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC37" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF37"/>
       <c r="AG37" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI37" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK37" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN37"/>
       <c r="AO37"/>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
       <c r="AY37"/>
       <c r="AZ37"/>
       <c r="BA37"/>
       <c r="BB37"/>
       <c r="BC37"/>
       <c r="BD37"/>
     </row>
@@ -3682,151 +3682,151 @@
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
       <c r="AY38"/>
       <c r="AZ38"/>
       <c r="BA38"/>
       <c r="BB38"/>
       <c r="BC38"/>
       <c r="BD38"/>
     </row>
     <row r="39" ht="18.0" customHeight="true">
       <c r="A39" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="B39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C39" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E39" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="F39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K39" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="L39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M39" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P39"/>
       <c r="Q39" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="R39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S39" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="T39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U39" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="V39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X39"/>
       <c r="Y39" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA39" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC39" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF39"/>
       <c r="AG39" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI39" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AJ39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK39" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AL39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN39"/>
       <c r="AO39"/>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
       <c r="AY39"/>
       <c r="AZ39"/>
       <c r="BA39"/>
       <c r="BB39"/>
       <c r="BC39"/>
       <c r="BD39"/>
     </row>
@@ -3874,145 +3874,145 @@
       <c r="AO40"/>
       <c r="AP40"/>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40"/>
       <c r="AY40"/>
       <c r="AZ40"/>
       <c r="BA40"/>
       <c r="BB40"/>
       <c r="BC40"/>
       <c r="BD40"/>
     </row>
     <row r="41" ht="18.0" customHeight="true">
       <c r="A41" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="B41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C41" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="D41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E41" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="J41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="L41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M41" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P41"/>
       <c r="Q41" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="R41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S41" t="n" s="1">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="T41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U41" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="V41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X41"/>
       <c r="Y41" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA41" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC41" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF41"/>
       <c r="AG41" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AH41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AJ41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK41" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN41"/>
       <c r="AO41"/>
       <c r="AP41"/>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41"/>
       <c r="AY41"/>
       <c r="AZ41"/>
       <c r="BA41"/>
       <c r="BB41"/>
       <c r="BC41"/>
       <c r="BD41"/>
     </row>
@@ -4054,151 +4054,151 @@
       <c r="AI42"/>
       <c r="AJ42"/>
       <c r="AK42"/>
       <c r="AL42"/>
       <c r="AM42"/>
       <c r="AN42"/>
       <c r="AO42"/>
       <c r="AP42"/>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42"/>
       <c r="AY42"/>
       <c r="AZ42"/>
       <c r="BA42"/>
       <c r="BB42"/>
       <c r="BC42"/>
       <c r="BD42"/>
     </row>
     <row r="43" ht="18.0" customHeight="true">
       <c r="A43" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C43" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E43" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="J43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K43" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="L43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M43" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="N43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P43"/>
       <c r="Q43" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S43" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U43" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="V43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X43"/>
       <c r="Y43" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA43" t="n" s="1">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC43" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AD43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF43"/>
       <c r="AG43" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI43" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK43" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AL43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN43"/>
       <c r="AO43"/>
       <c r="AP43"/>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43"/>
       <c r="AY43"/>
       <c r="AZ43"/>
       <c r="BA43"/>
       <c r="BB43"/>
       <c r="BC43"/>
       <c r="BD43"/>
     </row>
@@ -4240,145 +4240,145 @@
       <c r="AI44"/>
       <c r="AJ44"/>
       <c r="AK44"/>
       <c r="AL44"/>
       <c r="AM44"/>
       <c r="AN44"/>
       <c r="AO44"/>
       <c r="AP44"/>
       <c r="AQ44"/>
       <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44"/>
       <c r="AY44"/>
       <c r="AZ44"/>
       <c r="BA44"/>
       <c r="BB44"/>
       <c r="BC44"/>
       <c r="BD44"/>
     </row>
     <row r="45" ht="18.0" customHeight="true">
       <c r="A45" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C45" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E45" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="J45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K45" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="L45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M45" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P45"/>
       <c r="Q45" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S45" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="T45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U45" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="V45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X45"/>
       <c r="Y45" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA45" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC45" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF45"/>
       <c r="AG45" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AH45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI45" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AJ45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK45" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AL45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN45"/>
       <c r="AO45"/>
       <c r="AP45"/>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45"/>
       <c r="AY45"/>
@@ -4426,151 +4426,151 @@
       <c r="AI46"/>
       <c r="AJ46"/>
       <c r="AK46"/>
       <c r="AL46"/>
       <c r="AM46"/>
       <c r="AN46"/>
       <c r="AO46"/>
       <c r="AP46"/>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46"/>
       <c r="AY46"/>
       <c r="AZ46"/>
       <c r="BA46"/>
       <c r="BB46"/>
       <c r="BC46"/>
       <c r="BD46"/>
     </row>
     <row r="47" ht="18.0" customHeight="true">
       <c r="A47" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="B47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C47" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E47" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="J47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K47" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="L47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M47" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="N47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P47"/>
       <c r="Q47" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S47" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="T47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U47" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="V47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X47"/>
       <c r="Y47" t="n" s="1">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA47" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC47" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF47"/>
       <c r="AG47" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AH47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI47" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AJ47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK47" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AL47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN47"/>
       <c r="AO47"/>
       <c r="AP47"/>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47"/>
       <c r="AY47"/>
       <c r="AZ47"/>
       <c r="BA47"/>
       <c r="BB47"/>
       <c r="BC47"/>
       <c r="BD47"/>
     </row>
@@ -4612,151 +4612,151 @@
       <c r="AI48"/>
       <c r="AJ48"/>
       <c r="AK48"/>
       <c r="AL48"/>
       <c r="AM48"/>
       <c r="AN48"/>
       <c r="AO48"/>
       <c r="AP48"/>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48"/>
       <c r="AY48"/>
       <c r="AZ48"/>
       <c r="BA48"/>
       <c r="BB48"/>
       <c r="BC48"/>
       <c r="BD48"/>
     </row>
     <row r="49" ht="18.0" customHeight="true">
       <c r="A49" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C49" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="E49" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="F49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="G49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="K49" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="L49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="M49" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="N49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="O49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P49"/>
       <c r="Q49" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="R49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="S49" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="T49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U49" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="V49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X49"/>
       <c r="Y49" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA49" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AC49" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AE49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF49"/>
       <c r="AG49" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="AH49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AI49" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AJ49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AK49" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AL49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AM49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AN49"/>
       <c r="AO49"/>
       <c r="AP49"/>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49"/>
       <c r="AY49"/>
       <c r="AZ49"/>
       <c r="BA49"/>
       <c r="BB49"/>
       <c r="BC49"/>
       <c r="BD49"/>
     </row>