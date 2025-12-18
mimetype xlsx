--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -8,54 +8,54 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="3">
   <si>
-    <t>/</t>
+    <t>\</t>
   </si>
   <si>
-    <t>\</t>
+    <t>/</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -131,1848 +131,1852 @@
     <col min="11" max="11" width="2.734375" customWidth="true"/>
     <col min="12" max="12" width="2.734375" customWidth="true"/>
     <col min="13" max="13" width="2.734375" customWidth="true"/>
     <col min="14" max="14" width="2.734375" customWidth="true"/>
     <col min="15" max="15" width="2.734375" customWidth="true"/>
     <col min="16" max="16" width="2.734375" customWidth="true"/>
     <col min="17" max="17" width="2.734375" customWidth="true"/>
     <col min="18" max="18" width="2.734375" customWidth="true"/>
     <col min="19" max="19" width="2.734375" customWidth="true"/>
     <col min="20" max="20" width="2.734375" customWidth="true"/>
     <col min="21" max="21" width="2.734375" customWidth="true"/>
     <col min="22" max="22" width="2.734375" customWidth="true"/>
     <col min="23" max="23" width="2.734375" customWidth="true"/>
     <col min="24" max="24" width="2.734375" customWidth="true"/>
     <col min="25" max="25" width="2.734375" customWidth="true"/>
     <col min="26" max="26" width="2.734375" customWidth="true"/>
     <col min="27" max="27" width="2.734375" customWidth="true"/>
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
-      <c r="A1"/>
-[...3 lines deleted...]
-      <c r="C1"/>
+      <c r="A1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="B1"/>
+      <c r="C1" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="D1"/>
-      <c r="E1" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E1"/>
+      <c r="F1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1" t="n" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="N1"/>
-      <c r="O1" t="n" s="2">
+      <c r="O1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="P1"/>
+      <c r="Q1" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="R1"/>
+      <c r="S1" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="P1"/>
-[...4 lines deleted...]
-      <c r="S1"/>
       <c r="T1"/>
-      <c r="U1" t="s" s="4">
-        <v>2</v>
+      <c r="U1" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="V1"/>
-      <c r="W1" t="n" s="2">
-        <v>5.0</v>
+      <c r="W1" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1" t="n" s="3">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA1"/>
       <c r="AB1"/>
-      <c r="AC1" t="s" s="4">
-        <v>2</v>
+      <c r="AC1" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="AD1"/>
-      <c r="AE1" t="n" s="2">
-        <v>2.0</v>
+      <c r="AE1" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AF1"/>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P2"/>
       <c r="Q2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R2"/>
       <c r="S2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T2"/>
       <c r="U2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V2"/>
       <c r="W2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X2"/>
       <c r="Y2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z2"/>
       <c r="AA2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB2"/>
       <c r="AC2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD2"/>
       <c r="AE2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF2"/>
     </row>
     <row r="3" ht="15.0" customHeight="true">
-      <c r="A3" t="n" s="1">
+      <c r="A3"/>
+      <c r="B3" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="C3"/>
+      <c r="D3"/>
+      <c r="E3" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3" t="n" s="2">
         <v>6.0</v>
       </c>
-      <c r="B3"/>
-[...8 lines deleted...]
-      <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="J3"/>
       <c r="K3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
-      <c r="N3" t="s" s="4">
-        <v>2</v>
+      <c r="N3" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="O3"/>
       <c r="P3"/>
-      <c r="Q3" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q3"/>
+      <c r="R3" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3" t="n" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="Z3"/>
       <c r="AA3" t="n" s="2">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB3"/>
       <c r="AC3"/>
       <c r="AD3" t="n" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE3"/>
       <c r="AF3"/>
     </row>
     <row r="4" ht="15.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
     </row>
     <row r="5" ht="15.0" customHeight="true">
-      <c r="A5" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A5"/>
+      <c r="B5" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="G5"/>
       <c r="H5"/>
-      <c r="I5" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I5"/>
+      <c r="J5" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
-      <c r="N5" t="s" s="4">
-        <v>2</v>
+      <c r="N5" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="O5"/>
       <c r="P5"/>
-      <c r="Q5" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q5"/>
+      <c r="R5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S5"/>
       <c r="T5"/>
-      <c r="U5"/>
-      <c r="V5" t="n" s="3">
+      <c r="U5" t="n" s="1">
         <v>6.0</v>
       </c>
-      <c r="W5"/>
+      <c r="V5"/>
+      <c r="W5" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X5"/>
-      <c r="Y5" t="s" s="4">
-        <v>2</v>
+      <c r="Y5" t="n" s="1">
+        <v>9.0</v>
       </c>
       <c r="Z5"/>
       <c r="AA5" t="n" s="2">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB5"/>
       <c r="AC5" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD5"/>
       <c r="AE5" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF5"/>
     </row>
     <row r="6" ht="15.0" customHeight="true">
       <c r="A6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F6"/>
       <c r="G6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J6"/>
       <c r="K6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P6"/>
       <c r="Q6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R6"/>
       <c r="S6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T6"/>
       <c r="U6" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V6"/>
       <c r="W6" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X6"/>
       <c r="Y6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z6"/>
       <c r="AA6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB6"/>
       <c r="AC6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD6"/>
       <c r="AE6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF6"/>
     </row>
     <row r="7" ht="15.0" customHeight="true">
-      <c r="A7"/>
-[...3 lines deleted...]
-      <c r="C7"/>
+      <c r="A7" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D7"/>
       <c r="E7" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F7"/>
       <c r="G7" t="n" s="2">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="H7"/>
-      <c r="I7"/>
-[...3 lines deleted...]
-      <c r="K7"/>
+      <c r="I7" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="J7"/>
+      <c r="K7" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L7"/>
       <c r="M7" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="N7"/>
-      <c r="O7" t="n" s="2">
-        <v>1.0</v>
+      <c r="O7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="P7"/>
-      <c r="Q7"/>
-      <c r="R7" t="n" s="3">
+      <c r="Q7" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="R7"/>
+      <c r="S7" t="n" s="2">
+        <v>5.0</v>
+      </c>
+      <c r="T7"/>
+      <c r="U7"/>
+      <c r="V7" t="n" s="3">
         <v>9.0</v>
       </c>
-      <c r="S7"/>
-[...7 lines deleted...]
-      </c>
+      <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
-      <c r="Z7" t="n" s="3">
-        <v>8.0</v>
+      <c r="Z7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AA7"/>
       <c r="AB7"/>
       <c r="AC7"/>
       <c r="AD7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AE7"/>
       <c r="AF7"/>
     </row>
     <row r="8" ht="15.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
     </row>
     <row r="9" ht="15.0" customHeight="true">
-      <c r="A9"/>
-[...3 lines deleted...]
-      <c r="C9"/>
+      <c r="A9" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D9"/>
-      <c r="E9" t="n" s="1">
-        <v>3.0</v>
+      <c r="E9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F9"/>
       <c r="G9" t="n" s="2">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="J9"/>
-      <c r="K9" t="s" s="4">
-        <v>2</v>
+      <c r="K9" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" t="n" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9" t="n" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
-      <c r="V9" t="s" s="4">
-        <v>2</v>
+      <c r="V9" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9" t="n" s="3">
         <v>8.0</v>
       </c>
       <c r="AA9"/>
       <c r="AB9"/>
-      <c r="AC9"/>
-[...3 lines deleted...]
-      <c r="AE9"/>
+      <c r="AC9" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD9"/>
+      <c r="AE9" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AF9"/>
     </row>
     <row r="10" ht="15.0" customHeight="true">
       <c r="A10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F10"/>
       <c r="G10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P10"/>
       <c r="Q10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T10"/>
       <c r="U10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V10"/>
       <c r="W10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X10"/>
       <c r="Y10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z10"/>
       <c r="AA10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB10"/>
       <c r="AC10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD10"/>
       <c r="AE10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF10"/>
     </row>
     <row r="11" ht="15.0" customHeight="true">
-      <c r="A11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A11"/>
+      <c r="B11" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
-      <c r="F11" t="s" s="4">
-        <v>2</v>
+      <c r="F11" t="n" s="3">
+        <v>8.0</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
-      <c r="J11" t="n" s="3">
-        <v>10.0</v>
+      <c r="J11" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="n" s="2">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="T11"/>
       <c r="U11" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="V11"/>
-      <c r="W11" t="n" s="2">
-        <v>3.0</v>
+      <c r="W11" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="X11"/>
-      <c r="Y11" t="s" s="4">
-        <v>2</v>
+      <c r="Y11" t="n" s="1">
+        <v>7.0</v>
       </c>
       <c r="Z11"/>
-      <c r="AA11" t="n" s="2">
-        <v>3.0</v>
+      <c r="AA11" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB11"/>
-      <c r="AC11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC11"/>
+      <c r="AD11" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE11"/>
       <c r="AF11"/>
     </row>
     <row r="12" ht="15.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
     </row>
     <row r="13" ht="15.0" customHeight="true">
-      <c r="A13" t="s" s="4">
-        <v>2</v>
+      <c r="A13" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="B13"/>
-      <c r="C13" t="n" s="2">
-        <v>1.0</v>
+      <c r="C13" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="F13"/>
-      <c r="G13" t="s" s="4">
-        <v>2</v>
+      <c r="G13" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="J13"/>
-      <c r="K13" t="s" s="4">
-        <v>2</v>
+      <c r="K13" t="n" s="2">
+        <v>3.0</v>
       </c>
       <c r="L13"/>
-      <c r="M13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M13"/>
+      <c r="N13" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="O13"/>
       <c r="P13"/>
-      <c r="Q13"/>
-      <c r="R13" t="n" s="3">
+      <c r="Q13" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R13"/>
+      <c r="S13" t="n" s="2">
+        <v>1.0</v>
+      </c>
+      <c r="T13"/>
+      <c r="U13"/>
+      <c r="V13" t="n" s="3">
         <v>9.0</v>
       </c>
-      <c r="S13"/>
-[...7 lines deleted...]
-      </c>
+      <c r="W13"/>
       <c r="X13"/>
       <c r="Y13" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z13"/>
       <c r="AA13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AB13"/>
-      <c r="AC13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC13"/>
+      <c r="AD13" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AE13"/>
       <c r="AF13"/>
     </row>
     <row r="14" ht="15.0" customHeight="true">
       <c r="A14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F14"/>
       <c r="G14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P14"/>
       <c r="Q14" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T14"/>
       <c r="U14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V14"/>
       <c r="W14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X14"/>
       <c r="Y14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z14"/>
       <c r="AA14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB14"/>
       <c r="AC14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD14"/>
       <c r="AE14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF14"/>
     </row>
     <row r="15" ht="15.0" customHeight="true">
       <c r="A15"/>
       <c r="B15" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
-      <c r="F15" t="n" s="3">
-        <v>8.0</v>
+      <c r="F15" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
-      <c r="J15" t="n" s="3">
-        <v>8.0</v>
+      <c r="J15" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
-      <c r="M15"/>
-[...3 lines deleted...]
-      <c r="O15"/>
+      <c r="M15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N15"/>
+      <c r="O15" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="P15"/>
-      <c r="Q15" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Q15"/>
+      <c r="R15" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="S15"/>
       <c r="T15"/>
-      <c r="U15"/>
-[...3 lines deleted...]
-      <c r="W15"/>
+      <c r="U15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V15"/>
+      <c r="W15" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15" t="n" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="AA15"/>
       <c r="AB15"/>
-      <c r="AC15"/>
-[...3 lines deleted...]
-      <c r="AE15"/>
+      <c r="AC15" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="AD15"/>
+      <c r="AE15" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF15"/>
     </row>
     <row r="16" ht="15.0" customHeight="true">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
     </row>
     <row r="17" ht="15.0" customHeight="true">
-      <c r="A17" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A17"/>
+      <c r="B17" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="n" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
-      <c r="I17"/>
-[...3 lines deleted...]
-      <c r="K17"/>
+      <c r="I17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J17"/>
+      <c r="K17" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="L17"/>
       <c r="M17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N17"/>
       <c r="O17" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="P17"/>
       <c r="Q17"/>
-      <c r="R17" t="s" s="4">
-        <v>2</v>
+      <c r="R17" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
-      <c r="V17" t="s" s="4">
-        <v>2</v>
+      <c r="V17" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="W17"/>
       <c r="X17"/>
-      <c r="Y17" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y17"/>
+      <c r="Z17" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="AA17"/>
       <c r="AB17"/>
-      <c r="AC17"/>
-[...3 lines deleted...]
-      <c r="AE17"/>
+      <c r="AC17" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="AD17"/>
+      <c r="AE17" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF17"/>
     </row>
     <row r="18" ht="15.0" customHeight="true">
       <c r="A18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F18"/>
       <c r="G18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P18"/>
       <c r="Q18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T18"/>
       <c r="U18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V18"/>
       <c r="W18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X18"/>
       <c r="Y18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z18"/>
       <c r="AA18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB18"/>
       <c r="AC18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD18"/>
       <c r="AE18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF18"/>
     </row>
     <row r="19" ht="15.0" customHeight="true">
-      <c r="A19"/>
-[...3 lines deleted...]
-      <c r="C19"/>
+      <c r="A19" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D19"/>
-      <c r="E19" t="n" s="1">
-        <v>5.0</v>
+      <c r="E19" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F19"/>
-      <c r="G19" t="s" s="4">
-        <v>2</v>
+      <c r="G19" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="H19"/>
-      <c r="I19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I19"/>
+      <c r="J19" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="R19"/>
-      <c r="S19" t="n" s="2">
-        <v>7.0</v>
+      <c r="S19" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="T19"/>
-      <c r="U19" t="n" s="1">
-        <v>5.0</v>
+      <c r="U19" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="V19"/>
       <c r="W19" t="n" s="2">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="X19"/>
-      <c r="Y19"/>
-[...3 lines deleted...]
-      <c r="AA19"/>
+      <c r="Y19" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z19"/>
+      <c r="AA19" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AB19"/>
-      <c r="AC19" t="n" s="1">
+      <c r="AC19"/>
+      <c r="AD19" t="n" s="3">
         <v>8.0</v>
       </c>
-      <c r="AD19"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AE19"/>
       <c r="AF19"/>
     </row>
     <row r="20" ht="15.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
     </row>
     <row r="21" ht="15.0" customHeight="true">
-      <c r="A21" t="n" s="1">
-        <v>6.0</v>
+      <c r="A21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="n" s="2">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D21"/>
-      <c r="E21"/>
-[...3 lines deleted...]
-      <c r="G21"/>
+      <c r="E21" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="F21"/>
+      <c r="G21" t="n" s="2">
+        <v>6.0</v>
+      </c>
       <c r="H21"/>
-      <c r="I21"/>
-[...3 lines deleted...]
-      <c r="K21"/>
+      <c r="I21" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J21"/>
+      <c r="K21" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="n" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="R21"/>
-      <c r="S21" t="n" s="2">
-        <v>2.0</v>
+      <c r="S21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="T21"/>
-      <c r="U21" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U21"/>
+      <c r="V21" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AA21"/>
       <c r="AB21"/>
-      <c r="AC21" t="s" s="4">
-        <v>2</v>
+      <c r="AC21" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="AD21"/>
-      <c r="AE21" t="n" s="2">
-        <v>6.0</v>
+      <c r="AE21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AF21"/>
     </row>
     <row r="22" ht="15.0" customHeight="true">
       <c r="A22" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F22"/>
       <c r="G22" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J22"/>
       <c r="K22" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T22"/>
       <c r="U22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V22"/>
       <c r="W22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X22"/>
       <c r="Y22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z22"/>
       <c r="AA22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB22"/>
       <c r="AC22" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD22"/>
       <c r="AE22" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF22"/>
     </row>
     <row r="23" ht="15.0" customHeight="true">
       <c r="A23"/>
-      <c r="B23" t="s" s="4">
-        <v>2</v>
+      <c r="B23" t="n" s="3">
+        <v>7.0</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
-      <c r="E23" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E23"/>
+      <c r="F23" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G23"/>
       <c r="H23"/>
-      <c r="I23" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I23"/>
+      <c r="J23" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N23"/>
       <c r="O23" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P23"/>
       <c r="Q23"/>
-      <c r="R23" t="s" s="4">
-        <v>2</v>
+      <c r="R23" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="S23"/>
       <c r="T23"/>
-      <c r="U23"/>
-[...3 lines deleted...]
-      <c r="W23"/>
+      <c r="U23" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="V23"/>
+      <c r="W23" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="X23"/>
       <c r="Y23" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z23"/>
       <c r="AA23" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23" t="n" s="3">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AE23"/>
       <c r="AF23"/>
     </row>
     <row r="24" ht="15.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
     </row>
     <row r="25" ht="15.0" customHeight="true">
-      <c r="A25" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="A25"/>
+      <c r="B25" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="C25"/>
       <c r="D25"/>
-      <c r="E25"/>
-[...3 lines deleted...]
-      <c r="G25"/>
+      <c r="E25" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="F25"/>
+      <c r="G25" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="H25"/>
-      <c r="I25" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I25"/>
+      <c r="J25" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K25"/>
       <c r="L25"/>
-      <c r="M25" t="s" s="4">
-        <v>2</v>
+      <c r="M25" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="N25"/>
-      <c r="O25" t="n" s="2">
-        <v>5.0</v>
+      <c r="O25" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="P25"/>
       <c r="Q25"/>
-      <c r="R25" t="n" s="3">
-        <v>4.0</v>
+      <c r="R25" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
-      <c r="V25" t="s" s="4">
-        <v>2</v>
+      <c r="V25" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
-      <c r="Z25" t="s" s="4">
-        <v>2</v>
+      <c r="Z25" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD25"/>
       <c r="AE25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF25"/>
     </row>
     <row r="26" ht="15.0" customHeight="true">
       <c r="A26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F26"/>
       <c r="G26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P26"/>
       <c r="Q26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R26"/>
       <c r="S26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T26"/>
       <c r="U26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V26"/>
       <c r="W26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X26"/>
       <c r="Y26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z26"/>
       <c r="AA26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB26"/>
       <c r="AC26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD26"/>
       <c r="AE26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF26"/>
     </row>
     <row r="27" ht="15.0" customHeight="true">
-      <c r="A27"/>
-[...3 lines deleted...]
-      <c r="C27"/>
+      <c r="A27" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D27"/>
-      <c r="E27" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E27"/>
+      <c r="F27" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="G27"/>
       <c r="H27"/>
-      <c r="I27"/>
-[...3 lines deleted...]
-      <c r="K27"/>
+      <c r="I27" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="J27"/>
+      <c r="K27" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" t="n" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R27"/>
-      <c r="S27" t="s" s="4">
-        <v>2</v>
+      <c r="S27" t="n" s="2">
+        <v>3.0</v>
       </c>
       <c r="T27"/>
-      <c r="U27" t="n" s="1">
-        <v>3.0</v>
+      <c r="U27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="V27"/>
       <c r="W27" t="n" s="2">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="X27"/>
-      <c r="Y27" t="n" s="1">
-        <v>3.0</v>
+      <c r="Y27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z27"/>
       <c r="AA27" t="n" s="2">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27" t="n" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="AE27"/>
       <c r="AF27"/>
     </row>
     <row r="28" ht="15.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
     </row>
     <row r="29" ht="15.0" customHeight="true">
-      <c r="A29" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A29"/>
+      <c r="B29" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="C29"/>
       <c r="D29"/>
-      <c r="E29"/>
-[...3 lines deleted...]
-      <c r="G29"/>
+      <c r="E29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F29"/>
+      <c r="G29" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="H29"/>
-      <c r="I29"/>
-[...3 lines deleted...]
-      <c r="K29"/>
+      <c r="I29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J29"/>
+      <c r="K29" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="L29"/>
       <c r="M29"/>
-      <c r="N29" t="n" s="3">
-        <v>6.0</v>
+      <c r="N29" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="O29"/>
       <c r="P29"/>
-      <c r="Q29"/>
-      <c r="R29" t="n" s="3">
+      <c r="Q29" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="R29"/>
+      <c r="S29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="T29"/>
+      <c r="U29" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V29"/>
+      <c r="W29" t="n" s="2">
+        <v>5.0</v>
+      </c>
+      <c r="X29"/>
+      <c r="Y29" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="Z29"/>
+      <c r="AA29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AB29"/>
+      <c r="AC29"/>
+      <c r="AD29" t="n" s="3">
         <v>10.0</v>
       </c>
-      <c r="S29"/>
-[...19 lines deleted...]
-      </c>
+      <c r="AE29"/>
       <c r="AF29"/>
     </row>
     <row r="30" ht="15.0" customHeight="true">
       <c r="A30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F30"/>
       <c r="G30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N30"/>
       <c r="O30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P30"/>
       <c r="Q30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R30"/>
       <c r="S30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T30"/>
       <c r="U30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V30"/>
       <c r="W30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X30"/>
       <c r="Y30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z30"/>
       <c r="AA30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB30"/>
       <c r="AC30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD30"/>
       <c r="AE30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF30"/>
     </row>
     <row r="31" ht="15.0" customHeight="true">
-      <c r="A31"/>
-[...3 lines deleted...]
-      <c r="C31"/>
+      <c r="A31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="D31"/>
-      <c r="E31" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E31"/>
+      <c r="F31" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="G31"/>
       <c r="H31"/>
-      <c r="I31" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I31"/>
+      <c r="J31" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="K31"/>
       <c r="L31"/>
-      <c r="M31" t="s" s="4">
-        <v>2</v>
+      <c r="M31" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="N31"/>
       <c r="O31" t="n" s="2">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P31"/>
-      <c r="Q31" t="s" s="4">
-[...3 lines deleted...]
-      <c r="S31" t="n" s="2">
+      <c r="Q31"/>
+      <c r="R31" t="n" s="3">
         <v>5.0</v>
       </c>
+      <c r="S31"/>
       <c r="T31"/>
-      <c r="U31" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U31"/>
+      <c r="V31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W31"/>
       <c r="X31"/>
-      <c r="Y31" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y31"/>
+      <c r="Z31" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="AA31"/>
       <c r="AB31"/>
-      <c r="AC31"/>
-[...3 lines deleted...]
-      <c r="AE31"/>
+      <c r="AC31" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="AD31"/>
+      <c r="AE31" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF31"/>
     </row>
     <row r="32" ht="15.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
     </row>
     <row r="33" ht="15.0" customHeight="true">
       <c r="A33"/>
       <c r="B33" t="n" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
-      <c r="E33" t="s" s="4">
-        <v>2</v>
+      <c r="E33" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="F33"/>
       <c r="G33" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J33"/>
+      <c r="K33" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="H33"/>
-[...4 lines deleted...]
-      <c r="K33"/>
       <c r="L33"/>
-      <c r="M33" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M33"/>
+      <c r="N33" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="O33"/>
       <c r="P33"/>
-      <c r="Q33"/>
-[...3 lines deleted...]
-      <c r="S33"/>
+      <c r="Q33" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="R33"/>
+      <c r="S33" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T33"/>
-      <c r="U33"/>
-      <c r="V33" t="n" s="3">
+      <c r="U33" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V33"/>
+      <c r="W33" t="n" s="2">
         <v>7.0</v>
       </c>
-      <c r="W33"/>
       <c r="X33"/>
-      <c r="Y33" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y33"/>
+      <c r="Z33" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AA33"/>
       <c r="AB33"/>
-      <c r="AC33"/>
-[...3 lines deleted...]
-      <c r="AE33"/>
+      <c r="AC33" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="AD33"/>
+      <c r="AE33" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF33"/>
     </row>
     <row r="34" ht="15.0" customHeight="true">
       <c r="A34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F34"/>
       <c r="G34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J34"/>
       <c r="K34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N34"/>
       <c r="O34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P34"/>
       <c r="Q34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R34"/>
       <c r="S34" t="s" s="1">
         <v>1</v>
       </c>
@@ -1986,748 +1990,744 @@
       </c>
       <c r="X34"/>
       <c r="Y34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z34"/>
       <c r="AA34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB34"/>
       <c r="AC34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD34"/>
       <c r="AE34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF34"/>
     </row>
     <row r="35" ht="15.0" customHeight="true">
       <c r="A35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="B35"/>
       <c r="C35" t="n" s="2">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
-      <c r="F35" t="n" s="3">
-        <v>5.0</v>
+      <c r="F35" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
-      <c r="I35" t="n" s="1">
+      <c r="I35"/>
+      <c r="J35" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="K35"/>
+      <c r="L35"/>
+      <c r="M35" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N35"/>
+      <c r="O35" t="n" s="2">
+        <v>1.0</v>
+      </c>
+      <c r="P35"/>
+      <c r="Q35"/>
+      <c r="R35" t="n" s="3">
         <v>7.0</v>
       </c>
-      <c r="J35"/>
-[...14 lines deleted...]
-      <c r="S35" t="n" s="2">
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+      <c r="V35" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W35"/>
+      <c r="X35"/>
+      <c r="Y35" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="Z35"/>
+      <c r="AA35" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="T35"/>
-[...12 lines deleted...]
-      <c r="AA35"/>
       <c r="AB35"/>
-      <c r="AC35" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC35"/>
+      <c r="AD35" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="AE35"/>
       <c r="AF35"/>
     </row>
     <row r="36" ht="15.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
     </row>
     <row r="37" ht="15.0" customHeight="true">
       <c r="A37"/>
       <c r="B37" t="n" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="F37"/>
       <c r="G37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H37"/>
-      <c r="I37" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I37"/>
+      <c r="J37" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="K37"/>
       <c r="L37"/>
-      <c r="M37" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M37"/>
+      <c r="N37" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="O37"/>
       <c r="P37"/>
-      <c r="Q37" t="n" s="1">
-        <v>9.0</v>
+      <c r="Q37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="R37"/>
       <c r="S37" t="n" s="2">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37" t="n" s="3">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="W37"/>
       <c r="X37"/>
-      <c r="Y37"/>
-[...3 lines deleted...]
-      <c r="AA37"/>
+      <c r="Y37" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z37"/>
+      <c r="AA37" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AB37"/>
-      <c r="AC37" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC37"/>
+      <c r="AD37" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AE37"/>
       <c r="AF37"/>
     </row>
     <row r="38" ht="15.0" customHeight="true">
       <c r="A38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F38"/>
       <c r="G38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N38"/>
       <c r="O38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P38"/>
       <c r="Q38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R38"/>
       <c r="S38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T38"/>
       <c r="U38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V38"/>
       <c r="W38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X38"/>
       <c r="Y38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z38"/>
       <c r="AA38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB38"/>
       <c r="AC38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD38"/>
       <c r="AE38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF38"/>
     </row>
     <row r="39" ht="15.0" customHeight="true">
-      <c r="A39" t="n" s="1">
-        <v>3.0</v>
+      <c r="A39" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="B39"/>
-      <c r="C39" t="s" s="4">
-        <v>2</v>
+      <c r="C39" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="n" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="G39"/>
       <c r="H39"/>
-      <c r="I39"/>
-[...3 lines deleted...]
-      <c r="K39"/>
+      <c r="I39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J39"/>
+      <c r="K39" t="n" s="2">
+        <v>6.0</v>
+      </c>
       <c r="L39"/>
-      <c r="M39"/>
-[...3 lines deleted...]
-      <c r="O39"/>
+      <c r="M39" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="N39"/>
+      <c r="O39" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="P39"/>
       <c r="Q39"/>
-      <c r="R39" t="s" s="4">
-        <v>2</v>
+      <c r="R39" t="n" s="3">
+        <v>7.0</v>
       </c>
       <c r="S39"/>
       <c r="T39"/>
-      <c r="U39" t="s" s="4">
-        <v>2</v>
+      <c r="U39" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="V39"/>
-      <c r="W39" t="n" s="2">
-        <v>2.0</v>
+      <c r="W39" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="X39"/>
-      <c r="Y39" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y39"/>
+      <c r="Z39" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="AA39"/>
       <c r="AB39"/>
-      <c r="AC39"/>
-[...3 lines deleted...]
-      <c r="AE39"/>
+      <c r="AC39" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD39"/>
+      <c r="AE39" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF39"/>
     </row>
     <row r="40" ht="15.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
     </row>
     <row r="41" ht="15.0" customHeight="true">
-      <c r="A41" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A41"/>
+      <c r="B41" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="C41"/>
       <c r="D41"/>
-      <c r="E41" t="n" s="1">
-        <v>7.0</v>
+      <c r="E41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F41"/>
-      <c r="G41" t="s" s="4">
-        <v>2</v>
+      <c r="G41" t="n" s="2">
+        <v>6.0</v>
       </c>
       <c r="H41"/>
-      <c r="I41"/>
-[...3 lines deleted...]
-      <c r="K41"/>
+      <c r="I41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J41"/>
+      <c r="K41" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="L41"/>
-      <c r="M41"/>
-[...3 lines deleted...]
-      <c r="O41"/>
+      <c r="M41" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="N41"/>
+      <c r="O41" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P41"/>
-      <c r="Q41"/>
-[...3 lines deleted...]
-      <c r="S41"/>
+      <c r="Q41" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="R41"/>
+      <c r="S41" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T41"/>
       <c r="U41"/>
       <c r="V41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41" t="n" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AA41"/>
       <c r="AB41"/>
-      <c r="AC41"/>
-[...3 lines deleted...]
-      <c r="AE41"/>
+      <c r="AC41" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD41"/>
+      <c r="AE41" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF41"/>
     </row>
     <row r="42" ht="15.0" customHeight="true">
       <c r="A42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F42"/>
       <c r="G42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J42"/>
       <c r="K42" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s" s="2">
         <v>0</v>
       </c>
       <c r="N42"/>
       <c r="O42" t="s" s="1">
         <v>1</v>
       </c>
       <c r="P42"/>
       <c r="Q42" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R42"/>
       <c r="S42" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T42"/>
       <c r="U42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V42"/>
       <c r="W42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X42"/>
       <c r="Y42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z42"/>
       <c r="AA42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB42"/>
       <c r="AC42" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD42"/>
       <c r="AE42" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF42"/>
     </row>
     <row r="43" ht="15.0" customHeight="true">
-      <c r="A43"/>
-[...3 lines deleted...]
-      <c r="C43"/>
+      <c r="A43" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="n" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="G43"/>
       <c r="H43"/>
-      <c r="I43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I43"/>
+      <c r="J43" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="K43"/>
       <c r="L43"/>
-      <c r="M43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M43"/>
+      <c r="N43" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="O43"/>
       <c r="P43"/>
-      <c r="Q43" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Q43"/>
+      <c r="R43" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="S43"/>
       <c r="T43"/>
       <c r="U43" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="V43"/>
       <c r="W43" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="X43"/>
-      <c r="Y43" t="n" s="1">
-        <v>6.0</v>
+      <c r="Y43" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z43"/>
-      <c r="AA43" t="s" s="4">
-        <v>2</v>
+      <c r="AA43" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="AB43"/>
-      <c r="AC43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC43"/>
+      <c r="AD43" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="AE43"/>
       <c r="AF43"/>
     </row>
     <row r="44" ht="15.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44"/>
       <c r="AD44"/>
       <c r="AE44"/>
       <c r="AF44"/>
     </row>
     <row r="45" ht="15.0" customHeight="true">
       <c r="A45"/>
       <c r="B45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
-      <c r="F45" t="s" s="4">
-        <v>2</v>
+      <c r="F45" t="n" s="3">
+        <v>7.0</v>
       </c>
       <c r="G45"/>
       <c r="H45"/>
-      <c r="I45" t="s" s="4">
-[...3 lines deleted...]
-      <c r="K45" t="n" s="2">
+      <c r="I45"/>
+      <c r="J45" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="K45"/>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="O45"/>
+      <c r="P45"/>
+      <c r="Q45" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="R45"/>
+      <c r="S45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="T45"/>
+      <c r="U45" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="V45"/>
+      <c r="W45" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="L45"/>
-[...18 lines deleted...]
-      <c r="W45"/>
       <c r="X45"/>
-      <c r="Y45" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y45"/>
+      <c r="Z45" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AA45"/>
       <c r="AB45"/>
-      <c r="AC45" t="s" s="4">
-        <v>2</v>
+      <c r="AC45" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="AD45"/>
-      <c r="AE45" t="n" s="2">
-        <v>1.0</v>
+      <c r="AE45" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AF45"/>
     </row>
     <row r="46" ht="15.0" customHeight="true">
       <c r="A46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F46"/>
       <c r="G46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N46"/>
       <c r="O46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P46"/>
       <c r="Q46" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R46"/>
       <c r="S46" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T46"/>
       <c r="U46" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V46"/>
       <c r="W46" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X46"/>
       <c r="Y46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z46"/>
       <c r="AA46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB46"/>
       <c r="AC46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD46"/>
       <c r="AE46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF46"/>
     </row>
     <row r="47" ht="15.0" customHeight="true">
       <c r="A47" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="n" s="2">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D47"/>
-      <c r="E47" t="n" s="1">
-        <v>6.0</v>
+      <c r="E47" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F47"/>
       <c r="G47" t="n" s="2">
+        <v>3.0</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="J47"/>
+      <c r="K47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N47"/>
+      <c r="O47" t="n" s="2">
+        <v>3.0</v>
+      </c>
+      <c r="P47"/>
+      <c r="Q47"/>
+      <c r="R47" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="S47"/>
+      <c r="T47"/>
+      <c r="U47"/>
+      <c r="V47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W47"/>
+      <c r="X47"/>
+      <c r="Y47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z47"/>
+      <c r="AA47" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="H47"/>
-[...32 lines deleted...]
-      <c r="AA47"/>
       <c r="AB47"/>
       <c r="AC47"/>
       <c r="AD47" t="n" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="AE47"/>
       <c r="AF47"/>
     </row>
     <row r="48" ht="15.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>