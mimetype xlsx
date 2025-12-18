--- v1 (2025-12-18)
+++ v2 (2025-12-18)
@@ -136,2600 +136,2600 @@
     <col min="16" max="16" width="2.734375" customWidth="true"/>
     <col min="17" max="17" width="2.734375" customWidth="true"/>
     <col min="18" max="18" width="2.734375" customWidth="true"/>
     <col min="19" max="19" width="2.734375" customWidth="true"/>
     <col min="20" max="20" width="2.734375" customWidth="true"/>
     <col min="21" max="21" width="2.734375" customWidth="true"/>
     <col min="22" max="22" width="2.734375" customWidth="true"/>
     <col min="23" max="23" width="2.734375" customWidth="true"/>
     <col min="24" max="24" width="2.734375" customWidth="true"/>
     <col min="25" max="25" width="2.734375" customWidth="true"/>
     <col min="26" max="26" width="2.734375" customWidth="true"/>
     <col min="27" max="27" width="2.734375" customWidth="true"/>
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
       <c r="A1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="B1"/>
       <c r="C1" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D1"/>
-      <c r="E1"/>
-[...3 lines deleted...]
-      <c r="G1"/>
+      <c r="E1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F1"/>
+      <c r="G1" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1" t="n" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="K1"/>
       <c r="L1"/>
-      <c r="M1" t="n" s="1">
-        <v>3.0</v>
+      <c r="M1" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="N1"/>
-      <c r="O1" t="s" s="4">
-        <v>2</v>
+      <c r="O1" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="P1"/>
       <c r="Q1" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="R1"/>
-      <c r="S1" t="n" s="2">
-        <v>1.0</v>
+      <c r="S1" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="T1"/>
       <c r="U1" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="V1"/>
-      <c r="W1" t="s" s="4">
-        <v>2</v>
+      <c r="W1" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1" t="n" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="AA1"/>
       <c r="AB1"/>
-      <c r="AC1" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC1"/>
+      <c r="AD1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE1"/>
       <c r="AF1"/>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="P2"/>
       <c r="Q2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R2"/>
       <c r="S2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T2"/>
       <c r="U2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V2"/>
       <c r="W2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X2"/>
       <c r="Y2" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z2"/>
       <c r="AA2" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB2"/>
       <c r="AC2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD2"/>
       <c r="AE2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF2"/>
     </row>
     <row r="3" ht="15.0" customHeight="true">
       <c r="A3"/>
       <c r="B3" t="n" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="C3"/>
       <c r="D3"/>
-      <c r="E3" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E3"/>
+      <c r="F3" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="J3"/>
       <c r="K3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
-      <c r="R3" t="s" s="4">
-        <v>2</v>
+      <c r="R3" t="n" s="3">
+        <v>8.0</v>
       </c>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
-      <c r="V3" t="n" s="3">
-        <v>5.0</v>
+      <c r="V3" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="W3"/>
       <c r="X3"/>
-      <c r="Y3" t="s" s="4">
-        <v>2</v>
+      <c r="Y3" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="Z3"/>
-      <c r="AA3" t="n" s="2">
-        <v>2.0</v>
+      <c r="AA3" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB3"/>
-      <c r="AC3"/>
-[...3 lines deleted...]
-      <c r="AE3"/>
+      <c r="AC3" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD3"/>
+      <c r="AE3" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AF3"/>
     </row>
     <row r="4" ht="15.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
     </row>
     <row r="5" ht="15.0" customHeight="true">
-      <c r="A5"/>
-[...3 lines deleted...]
-      <c r="C5"/>
+      <c r="A5" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="D5"/>
       <c r="E5"/>
-      <c r="F5" t="s" s="4">
-        <v>2</v>
+      <c r="F5" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="n" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="O5"/>
       <c r="P5"/>
-      <c r="Q5"/>
-[...3 lines deleted...]
-      <c r="S5"/>
+      <c r="Q5" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="R5"/>
+      <c r="S5" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T5"/>
-      <c r="U5" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U5"/>
+      <c r="V5" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="W5"/>
       <c r="X5"/>
-      <c r="Y5" t="n" s="1">
-        <v>9.0</v>
+      <c r="Y5" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z5"/>
       <c r="AA5" t="n" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB5"/>
-      <c r="AC5" t="n" s="1">
-        <v>3.0</v>
+      <c r="AC5" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD5"/>
       <c r="AE5" t="n" s="2">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AF5"/>
     </row>
     <row r="6" ht="15.0" customHeight="true">
       <c r="A6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F6"/>
       <c r="G6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J6"/>
       <c r="K6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P6"/>
       <c r="Q6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R6"/>
       <c r="S6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T6"/>
       <c r="U6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V6"/>
       <c r="W6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X6"/>
       <c r="Y6" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z6"/>
       <c r="AA6" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB6"/>
       <c r="AC6" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD6"/>
       <c r="AE6" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF6"/>
     </row>
     <row r="7" ht="15.0" customHeight="true">
-      <c r="A7" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A7"/>
+      <c r="B7" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C7"/>
       <c r="D7"/>
       <c r="E7" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="F7"/>
-      <c r="G7" t="n" s="2">
-        <v>3.0</v>
+      <c r="G7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J7"/>
       <c r="K7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="N7"/>
       <c r="O7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="P7"/>
-      <c r="Q7" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q7"/>
+      <c r="R7" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="S7"/>
       <c r="T7"/>
-      <c r="U7"/>
-[...3 lines deleted...]
-      <c r="W7"/>
+      <c r="U7" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V7"/>
+      <c r="W7" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="X7"/>
       <c r="Y7"/>
-      <c r="Z7" t="s" s="4">
-        <v>2</v>
+      <c r="Z7" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="AA7"/>
       <c r="AB7"/>
       <c r="AC7"/>
-      <c r="AD7" t="s" s="4">
-        <v>2</v>
+      <c r="AD7" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="AE7"/>
       <c r="AF7"/>
     </row>
     <row r="8" ht="15.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
     </row>
     <row r="9" ht="15.0" customHeight="true">
       <c r="A9" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B9"/>
-      <c r="C9" t="s" s="4">
-        <v>2</v>
+      <c r="C9" t="n" s="2">
+        <v>3.0</v>
       </c>
       <c r="D9"/>
-      <c r="E9" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="E9"/>
+      <c r="F9" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G9"/>
       <c r="H9"/>
       <c r="I9" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="J9"/>
-      <c r="K9" t="n" s="2">
-        <v>1.0</v>
+      <c r="K9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" t="n" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9" t="n" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9" t="n" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="W9"/>
       <c r="X9"/>
-      <c r="Y9"/>
-[...3 lines deleted...]
-      <c r="AA9"/>
+      <c r="Y9" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="Z9"/>
+      <c r="AA9" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="AB9"/>
       <c r="AC9" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AD9"/>
       <c r="AE9" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF9"/>
     </row>
     <row r="10" ht="15.0" customHeight="true">
       <c r="A10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F10"/>
       <c r="G10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P10"/>
       <c r="Q10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T10"/>
       <c r="U10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V10"/>
       <c r="W10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X10"/>
       <c r="Y10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z10"/>
       <c r="AA10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB10"/>
       <c r="AC10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD10"/>
       <c r="AE10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF10"/>
     </row>
     <row r="11" ht="15.0" customHeight="true">
       <c r="A11"/>
-      <c r="B11" t="n" s="3">
-        <v>8.0</v>
+      <c r="B11" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
-      <c r="E11"/>
-[...3 lines deleted...]
-      <c r="G11"/>
+      <c r="E11" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="H11"/>
       <c r="I11"/>
-      <c r="J11" t="s" s="4">
-        <v>2</v>
+      <c r="J11" t="n" s="3">
+        <v>10.0</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="n" s="2">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="T11"/>
       <c r="U11" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="V11"/>
       <c r="W11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X11"/>
-      <c r="Y11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y11"/>
+      <c r="Z11" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AE11"/>
       <c r="AF11"/>
     </row>
     <row r="12" ht="15.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
     </row>
     <row r="13" ht="15.0" customHeight="true">
-      <c r="A13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A13"/>
+      <c r="B13" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="C13"/>
       <c r="D13"/>
-      <c r="E13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E13"/>
+      <c r="F13" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="G13"/>
       <c r="H13"/>
-      <c r="I13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I13"/>
+      <c r="J13" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="n" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="O13"/>
       <c r="P13"/>
-      <c r="Q13" t="s" s="4">
-        <v>2</v>
+      <c r="Q13" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="T13"/>
       <c r="U13"/>
-      <c r="V13" t="n" s="3">
-        <v>9.0</v>
+      <c r="V13" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="W13"/>
       <c r="X13"/>
-      <c r="Y13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y13"/>
+      <c r="Z13" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
-      <c r="AD13" t="n" s="3">
-        <v>10.0</v>
+      <c r="AD13" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AE13"/>
       <c r="AF13"/>
     </row>
     <row r="14" ht="15.0" customHeight="true">
       <c r="A14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F14"/>
       <c r="G14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P14"/>
       <c r="Q14" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T14"/>
       <c r="U14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V14"/>
       <c r="W14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X14"/>
       <c r="Y14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z14"/>
       <c r="AA14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB14"/>
       <c r="AC14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD14"/>
       <c r="AE14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF14"/>
     </row>
     <row r="15" ht="15.0" customHeight="true">
-      <c r="A15"/>
-      <c r="B15" t="n" s="3">
+      <c r="A15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="n" s="2">
         <v>5.0</v>
       </c>
-      <c r="C15"/>
       <c r="D15"/>
-      <c r="E15"/>
-[...3 lines deleted...]
-      <c r="G15"/>
+      <c r="E15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F15"/>
+      <c r="G15" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="H15"/>
-      <c r="I15"/>
-[...3 lines deleted...]
-      <c r="K15"/>
+      <c r="I15" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="J15"/>
+      <c r="K15" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="L15"/>
       <c r="M15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="n" s="2">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="P15"/>
       <c r="Q15"/>
-      <c r="R15" t="n" s="3">
-        <v>5.0</v>
+      <c r="R15" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="S15"/>
       <c r="T15"/>
-      <c r="U15" t="s" s="4">
-        <v>2</v>
+      <c r="U15" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="V15"/>
       <c r="W15" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="X15"/>
-      <c r="Y15"/>
-[...3 lines deleted...]
-      <c r="AA15"/>
+      <c r="Y15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z15"/>
+      <c r="AA15" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AB15"/>
       <c r="AC15" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD15"/>
-      <c r="AE15" t="s" s="4">
-        <v>2</v>
+      <c r="AE15" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="AF15"/>
     </row>
     <row r="16" ht="15.0" customHeight="true">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
     </row>
     <row r="17" ht="15.0" customHeight="true">
-      <c r="A17"/>
-[...3 lines deleted...]
-      <c r="C17"/>
+      <c r="A17" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="D17"/>
-      <c r="E17"/>
-[...3 lines deleted...]
-      <c r="G17"/>
+      <c r="E17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F17"/>
+      <c r="G17" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="H17"/>
       <c r="I17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="J17"/>
       <c r="K17" t="n" s="2">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="L17"/>
-      <c r="M17" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M17"/>
+      <c r="N17" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="O17"/>
       <c r="P17"/>
-      <c r="Q17"/>
-      <c r="R17" t="n" s="3">
+      <c r="Q17" t="n" s="1">
         <v>6.0</v>
       </c>
-      <c r="S17"/>
+      <c r="R17"/>
+      <c r="S17" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17" t="n" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
-      <c r="Z17" t="n" s="3">
-        <v>9.0</v>
+      <c r="Z17" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AA17"/>
       <c r="AB17"/>
       <c r="AC17" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD17"/>
-      <c r="AE17" t="s" s="4">
-        <v>2</v>
+      <c r="AE17" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="AF17"/>
     </row>
     <row r="18" ht="15.0" customHeight="true">
       <c r="A18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F18"/>
       <c r="G18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P18"/>
       <c r="Q18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T18"/>
       <c r="U18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V18"/>
       <c r="W18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X18"/>
       <c r="Y18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z18"/>
       <c r="AA18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB18"/>
       <c r="AC18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD18"/>
       <c r="AE18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF18"/>
     </row>
     <row r="19" ht="15.0" customHeight="true">
-      <c r="A19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A19"/>
+      <c r="B19" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C19"/>
       <c r="D19"/>
-      <c r="E19" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="E19"/>
+      <c r="F19" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="n" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
-      <c r="M19"/>
-[...3 lines deleted...]
-      <c r="O19"/>
+      <c r="M19" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="N19"/>
+      <c r="O19" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P19"/>
-      <c r="Q19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q19"/>
+      <c r="R19" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S19"/>
       <c r="T19"/>
       <c r="U19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="V19"/>
       <c r="W19" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="X19"/>
-      <c r="Y19" t="s" s="4">
-        <v>2</v>
+      <c r="Y19" t="n" s="1">
+        <v>8.0</v>
       </c>
       <c r="Z19"/>
       <c r="AA19" t="n" s="2">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB19"/>
       <c r="AC19"/>
-      <c r="AD19" t="n" s="3">
-        <v>8.0</v>
+      <c r="AD19" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AE19"/>
       <c r="AF19"/>
     </row>
     <row r="20" ht="15.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
     </row>
     <row r="21" ht="15.0" customHeight="true">
-      <c r="A21" t="s" s="4">
-        <v>2</v>
+      <c r="A21" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="B21"/>
-      <c r="C21" t="n" s="2">
-        <v>2.0</v>
+      <c r="C21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="D21"/>
-      <c r="E21" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E21"/>
+      <c r="F21" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="G21"/>
       <c r="H21"/>
-      <c r="I21" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I21"/>
+      <c r="J21" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
-      <c r="N21" t="n" s="3">
-        <v>6.0</v>
+      <c r="N21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="O21"/>
       <c r="P21"/>
-      <c r="Q21" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q21"/>
+      <c r="R21" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
-      <c r="V21" t="s" s="4">
-        <v>2</v>
+      <c r="V21" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
-      <c r="Z21" t="s" s="4">
-        <v>2</v>
+      <c r="Z21" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="AA21"/>
       <c r="AB21"/>
       <c r="AC21" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD21"/>
       <c r="AE21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF21"/>
     </row>
     <row r="22" ht="15.0" customHeight="true">
       <c r="A22" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F22"/>
       <c r="G22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J22"/>
       <c r="K22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T22"/>
       <c r="U22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V22"/>
       <c r="W22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X22"/>
       <c r="Y22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z22"/>
       <c r="AA22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB22"/>
       <c r="AC22" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD22"/>
       <c r="AE22" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF22"/>
     </row>
     <row r="23" ht="15.0" customHeight="true">
       <c r="A23"/>
       <c r="B23" t="n" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
-      <c r="E23"/>
-[...3 lines deleted...]
-      <c r="G23"/>
+      <c r="E23" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="F23"/>
+      <c r="G23" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="H23"/>
-      <c r="I23"/>
-[...3 lines deleted...]
-      <c r="K23"/>
+      <c r="I23" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="J23"/>
+      <c r="K23" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="L23"/>
-      <c r="M23" t="s" s="4">
-        <v>2</v>
+      <c r="M23" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="N23"/>
       <c r="O23" t="n" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P23"/>
-      <c r="Q23"/>
-[...3 lines deleted...]
-      <c r="S23"/>
+      <c r="Q23" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="R23"/>
+      <c r="S23" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T23"/>
       <c r="U23" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="V23"/>
-      <c r="W23" t="n" s="2">
-        <v>1.0</v>
+      <c r="W23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="X23"/>
       <c r="Y23" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z23"/>
-      <c r="AA23" t="n" s="2">
-        <v>1.0</v>
+      <c r="AA23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23" t="n" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE23"/>
       <c r="AF23"/>
     </row>
     <row r="24" ht="15.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
     </row>
     <row r="25" ht="15.0" customHeight="true">
       <c r="A25"/>
       <c r="B25" t="n" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F25"/>
-      <c r="G25" t="s" s="4">
-        <v>2</v>
+      <c r="G25" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="K25"/>
       <c r="L25"/>
-      <c r="M25" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M25"/>
+      <c r="N25" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
-      <c r="R25" t="s" s="4">
-        <v>2</v>
+      <c r="R25" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="S25"/>
       <c r="T25"/>
-      <c r="U25"/>
-[...3 lines deleted...]
-      <c r="W25"/>
+      <c r="U25" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V25"/>
+      <c r="W25" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="X25"/>
-      <c r="Y25"/>
-[...3 lines deleted...]
-      <c r="AA25"/>
+      <c r="Y25" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="Z25"/>
+      <c r="AA25" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AB25"/>
-      <c r="AC25" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC25"/>
+      <c r="AD25" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="AE25"/>
       <c r="AF25"/>
     </row>
     <row r="26" ht="15.0" customHeight="true">
       <c r="A26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F26"/>
       <c r="G26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P26"/>
       <c r="Q26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R26"/>
       <c r="S26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T26"/>
       <c r="U26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V26"/>
       <c r="W26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X26"/>
       <c r="Y26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z26"/>
       <c r="AA26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB26"/>
       <c r="AC26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD26"/>
       <c r="AE26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF26"/>
     </row>
     <row r="27" ht="15.0" customHeight="true">
       <c r="A27" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
-      <c r="F27" t="n" s="3">
-        <v>8.0</v>
+      <c r="F27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
       <c r="I27" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J27"/>
       <c r="K27" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L27"/>
-      <c r="M27"/>
-[...3 lines deleted...]
-      <c r="O27"/>
+      <c r="M27" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N27"/>
+      <c r="O27" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="P27"/>
       <c r="Q27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R27"/>
-      <c r="S27" t="n" s="2">
-        <v>3.0</v>
+      <c r="S27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="T27"/>
-      <c r="U27" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U27"/>
+      <c r="V27" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="W27"/>
       <c r="X27"/>
-      <c r="Y27" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y27"/>
+      <c r="Z27" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AA27"/>
       <c r="AB27"/>
-      <c r="AC27"/>
-[...3 lines deleted...]
-      <c r="AE27"/>
+      <c r="AC27" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD27"/>
+      <c r="AE27" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AF27"/>
     </row>
     <row r="28" ht="15.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
     </row>
     <row r="29" ht="15.0" customHeight="true">
       <c r="A29"/>
-      <c r="B29" t="n" s="3">
-        <v>9.0</v>
+      <c r="B29" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
-      <c r="E29" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="E29"/>
+      <c r="F29" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="G29"/>
       <c r="H29"/>
-      <c r="I29" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I29"/>
+      <c r="J29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="O29"/>
       <c r="P29"/>
-      <c r="Q29" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q29"/>
+      <c r="R29" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="S29"/>
       <c r="T29"/>
-      <c r="U29" t="n" s="1">
-[...3 lines deleted...]
-      <c r="W29" t="n" s="2">
+      <c r="U29"/>
+      <c r="V29" t="n" s="3">
         <v>5.0</v>
       </c>
+      <c r="W29"/>
       <c r="X29"/>
-      <c r="Y29" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y29"/>
+      <c r="Z29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29" t="n" s="3">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="AE29"/>
       <c r="AF29"/>
     </row>
     <row r="30" ht="15.0" customHeight="true">
       <c r="A30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F30"/>
       <c r="G30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N30"/>
       <c r="O30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P30"/>
       <c r="Q30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R30"/>
       <c r="S30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T30"/>
       <c r="U30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V30"/>
       <c r="W30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X30"/>
       <c r="Y30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z30"/>
       <c r="AA30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB30"/>
       <c r="AC30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD30"/>
       <c r="AE30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF30"/>
     </row>
     <row r="31" ht="15.0" customHeight="true">
-      <c r="A31" t="s" s="4">
-        <v>2</v>
+      <c r="A31" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="B31"/>
       <c r="C31" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="F31"/>
+      <c r="G31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="J31"/>
+      <c r="K31" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="D31"/>
-[...10 lines deleted...]
-      <c r="K31"/>
       <c r="L31"/>
       <c r="M31" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="N31"/>
       <c r="O31" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P31"/>
-      <c r="Q31"/>
-[...3 lines deleted...]
-      <c r="S31"/>
+      <c r="Q31" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="R31"/>
+      <c r="S31" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T31"/>
-      <c r="U31"/>
-[...3 lines deleted...]
-      <c r="W31"/>
+      <c r="U31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V31"/>
+      <c r="W31" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="X31"/>
-      <c r="Y31"/>
-[...3 lines deleted...]
-      <c r="AA31"/>
+      <c r="Y31" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="Z31"/>
+      <c r="AA31" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AB31"/>
       <c r="AC31" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD31"/>
       <c r="AE31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AF31"/>
     </row>
     <row r="32" ht="15.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
     </row>
     <row r="33" ht="15.0" customHeight="true">
-      <c r="A33"/>
-[...3 lines deleted...]
-      <c r="C33"/>
+      <c r="A33" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D33"/>
       <c r="E33" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="F33"/>
-      <c r="G33" t="n" s="2">
-        <v>2.0</v>
+      <c r="G33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H33"/>
-      <c r="I33" t="s" s="4">
-        <v>2</v>
+      <c r="I33" t="n" s="1">
+        <v>7.0</v>
       </c>
       <c r="J33"/>
       <c r="K33" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="N33"/>
+      <c r="O33" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="L33"/>
-[...4 lines deleted...]
-      <c r="O33"/>
       <c r="P33"/>
-      <c r="Q33" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q33"/>
+      <c r="R33" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S33"/>
       <c r="T33"/>
-      <c r="U33" t="n" s="1">
-[...3 lines deleted...]
-      <c r="W33" t="n" s="2">
+      <c r="U33"/>
+      <c r="V33" t="n" s="3">
         <v>7.0</v>
       </c>
+      <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AA33"/>
       <c r="AB33"/>
-      <c r="AC33" t="n" s="1">
+      <c r="AC33"/>
+      <c r="AD33" t="n" s="3">
         <v>8.0</v>
       </c>
-      <c r="AD33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AE33"/>
       <c r="AF33"/>
     </row>
     <row r="34" ht="15.0" customHeight="true">
       <c r="A34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F34"/>
       <c r="G34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J34"/>
       <c r="K34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N34"/>
       <c r="O34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P34"/>
       <c r="Q34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R34"/>
       <c r="S34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T34"/>
       <c r="U34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V34"/>
       <c r="W34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X34"/>
       <c r="Y34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z34"/>
       <c r="AA34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB34"/>
       <c r="AC34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD34"/>
       <c r="AE34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF34"/>
     </row>
     <row r="35" ht="15.0" customHeight="true">
-      <c r="A35" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="A35"/>
+      <c r="B35" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
-      <c r="F35" t="s" s="4">
-        <v>2</v>
+      <c r="F35" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
-      <c r="J35" t="n" s="3">
-        <v>6.0</v>
+      <c r="J35" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K35"/>
       <c r="L35"/>
-      <c r="M35" t="s" s="4">
-[...3 lines deleted...]
-      <c r="O35" t="n" s="2">
+      <c r="M35"/>
+      <c r="N35" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="O35"/>
+      <c r="P35"/>
+      <c r="Q35" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="R35"/>
+      <c r="S35" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="P35"/>
-[...4 lines deleted...]
-      <c r="S35"/>
       <c r="T35"/>
-      <c r="U35"/>
-[...3 lines deleted...]
-      <c r="W35"/>
+      <c r="U35" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="V35"/>
+      <c r="W35" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X35"/>
       <c r="Y35" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z35"/>
       <c r="AA35" t="n" s="2">
+        <v>5.0</v>
+      </c>
+      <c r="AB35"/>
+      <c r="AC35" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD35"/>
+      <c r="AE35" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="AB35"/>
-[...4 lines deleted...]
-      <c r="AE35"/>
       <c r="AF35"/>
     </row>
     <row r="36" ht="15.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
     </row>
     <row r="37" ht="15.0" customHeight="true">
       <c r="A37"/>
       <c r="B37" t="n" s="3">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
-      <c r="E37" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E37"/>
+      <c r="F37" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="G37"/>
       <c r="H37"/>
       <c r="I37"/>
-      <c r="J37" t="n" s="3">
-        <v>10.0</v>
+      <c r="J37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K37"/>
       <c r="L37"/>
-      <c r="M37"/>
-[...3 lines deleted...]
-      <c r="O37"/>
+      <c r="M37" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N37"/>
+      <c r="O37" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="P37"/>
-      <c r="Q37" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Q37"/>
+      <c r="R37" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
-      <c r="V37" t="n" s="3">
-        <v>6.0</v>
+      <c r="V37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="Z37"/>
       <c r="AA37" t="n" s="2">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB37"/>
-      <c r="AC37"/>
-[...3 lines deleted...]
-      <c r="AE37"/>
+      <c r="AC37" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD37"/>
+      <c r="AE37" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AF37"/>
     </row>
     <row r="38" ht="15.0" customHeight="true">
       <c r="A38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F38"/>
       <c r="G38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N38"/>
       <c r="O38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P38"/>
       <c r="Q38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R38"/>
       <c r="S38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T38"/>
       <c r="U38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V38"/>
       <c r="W38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X38"/>
       <c r="Y38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z38"/>
       <c r="AA38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB38"/>
       <c r="AC38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD38"/>
       <c r="AE38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF38"/>
     </row>
     <row r="39" ht="15.0" customHeight="true">
       <c r="A39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="n" s="2">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D39"/>
-      <c r="E39"/>
-      <c r="F39" t="n" s="3">
+      <c r="E39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F39"/>
+      <c r="G39" t="n" s="2">
         <v>5.0</v>
       </c>
-      <c r="G39"/>
       <c r="H39"/>
-      <c r="I39" t="s" s="4">
-        <v>2</v>
+      <c r="I39" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="J39"/>
       <c r="K39" t="n" s="2">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="L39"/>
-      <c r="M39" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M39"/>
+      <c r="N39" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="O39"/>
       <c r="P39"/>
-      <c r="Q39"/>
-[...3 lines deleted...]
-      <c r="S39"/>
+      <c r="Q39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R39"/>
+      <c r="S39" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="T39"/>
       <c r="U39" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="V39"/>
-      <c r="W39" t="s" s="4">
-        <v>2</v>
+      <c r="W39" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39" t="n" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AA39"/>
       <c r="AB39"/>
-      <c r="AC39" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC39"/>
+      <c r="AD39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE39"/>
       <c r="AF39"/>
     </row>
     <row r="40" ht="15.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
     </row>
     <row r="41" ht="15.0" customHeight="true">
-      <c r="A41"/>
-[...3 lines deleted...]
-      <c r="C41"/>
+      <c r="A41" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B41"/>
+      <c r="C41" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D41"/>
-      <c r="E41" t="s" s="4">
-        <v>2</v>
+      <c r="E41" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="F41"/>
-      <c r="G41" t="n" s="2">
-        <v>6.0</v>
+      <c r="G41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H41"/>
-      <c r="I41" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I41"/>
+      <c r="J41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K41"/>
       <c r="L41"/>
       <c r="M41" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="N41"/>
-      <c r="O41" t="s" s="4">
-        <v>2</v>
+      <c r="O41" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="P41"/>
-      <c r="Q41" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q41"/>
+      <c r="R41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S41"/>
       <c r="T41"/>
-      <c r="U41"/>
-[...3 lines deleted...]
-      <c r="W41"/>
+      <c r="U41" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="V41"/>
+      <c r="W41" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="X41"/>
-      <c r="Y41"/>
-[...3 lines deleted...]
-      <c r="AA41"/>
+      <c r="Y41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z41"/>
+      <c r="AA41" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AB41"/>
-      <c r="AC41" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC41"/>
+      <c r="AD41" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="AE41"/>
       <c r="AF41"/>
     </row>
     <row r="42" ht="15.0" customHeight="true">
       <c r="A42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F42"/>
       <c r="G42" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J42"/>
       <c r="K42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s" s="2">
         <v>0</v>
       </c>
       <c r="N42"/>
       <c r="O42" t="s" s="1">
         <v>1</v>
       </c>
       <c r="P42"/>
       <c r="Q42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R42"/>
       <c r="S42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T42"/>
       <c r="U42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V42"/>
       <c r="W42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X42"/>
       <c r="Y42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z42"/>
       <c r="AA42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB42"/>
       <c r="AC42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD42"/>
       <c r="AE42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF42"/>
     </row>
     <row r="43" ht="15.0" customHeight="true">
-      <c r="A43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A43"/>
+      <c r="B43" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="n" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="G43"/>
       <c r="H43"/>
-      <c r="I43"/>
-[...3 lines deleted...]
-      <c r="K43"/>
+      <c r="I43" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="J43"/>
+      <c r="K43" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="L43"/>
       <c r="M43"/>
-      <c r="N43" t="n" s="3">
-        <v>6.0</v>
+      <c r="N43" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="O43"/>
       <c r="P43"/>
-      <c r="Q43"/>
-[...3 lines deleted...]
-      <c r="S43"/>
+      <c r="Q43" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="R43"/>
+      <c r="S43" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="T43"/>
-      <c r="U43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U43"/>
+      <c r="V43" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W43"/>
       <c r="X43"/>
-      <c r="Y43" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y43"/>
+      <c r="Z43" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AA43"/>
       <c r="AB43"/>
-      <c r="AC43"/>
-[...3 lines deleted...]
-      <c r="AE43"/>
+      <c r="AC43" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="AD43"/>
+      <c r="AE43" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF43"/>
     </row>
     <row r="44" ht="15.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44"/>
       <c r="AD44"/>
       <c r="AE44"/>
       <c r="AF44"/>
     </row>
     <row r="45" ht="15.0" customHeight="true">
-      <c r="A45"/>
-[...3 lines deleted...]
-      <c r="C45"/>
+      <c r="A45" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D45"/>
-      <c r="E45"/>
-[...3 lines deleted...]
-      <c r="G45"/>
+      <c r="E45" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="F45"/>
+      <c r="G45" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="H45"/>
-      <c r="I45"/>
-[...3 lines deleted...]
-      <c r="K45"/>
+      <c r="I45" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="J45"/>
+      <c r="K45" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="L45"/>
       <c r="M45"/>
-      <c r="N45" t="n" s="3">
-        <v>6.0</v>
+      <c r="N45" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="O45"/>
       <c r="P45"/>
-      <c r="Q45" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q45"/>
+      <c r="R45" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="S45"/>
       <c r="T45"/>
       <c r="U45" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="V45"/>
-      <c r="W45" t="n" s="2">
-        <v>1.0</v>
+      <c r="W45" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45" t="n" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="AA45"/>
       <c r="AB45"/>
-      <c r="AC45" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC45"/>
+      <c r="AD45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE45"/>
       <c r="AF45"/>
     </row>
     <row r="46" ht="15.0" customHeight="true">
       <c r="A46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F46"/>
       <c r="G46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N46"/>
       <c r="O46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P46"/>
       <c r="Q46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R46"/>
       <c r="S46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T46"/>
       <c r="U46" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V46"/>
       <c r="W46" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X46"/>
       <c r="Y46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z46"/>
       <c r="AA46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB46"/>
       <c r="AC46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD46"/>
       <c r="AE46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF46"/>
     </row>
     <row r="47" ht="15.0" customHeight="true">
-      <c r="A47" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A47"/>
+      <c r="B47" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="C47"/>
       <c r="D47"/>
-      <c r="E47" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="E47"/>
+      <c r="F47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G47"/>
       <c r="H47"/>
-      <c r="I47" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I47"/>
+      <c r="J47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K47"/>
       <c r="L47"/>
-      <c r="M47" t="s" s="4">
-        <v>2</v>
+      <c r="M47" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="N47"/>
       <c r="O47" t="n" s="2">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="P47"/>
-      <c r="Q47"/>
-[...3 lines deleted...]
-      <c r="S47"/>
+      <c r="Q47" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="R47"/>
+      <c r="S47" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T47"/>
       <c r="U47"/>
-      <c r="V47" t="s" s="4">
-        <v>2</v>
+      <c r="V47" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="W47"/>
       <c r="X47"/>
-      <c r="Y47" t="s" s="4">
-        <v>2</v>
+      <c r="Y47" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="Z47"/>
-      <c r="AA47" t="n" s="2">
+      <c r="AA47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AB47"/>
+      <c r="AC47" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="AD47"/>
+      <c r="AE47" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="AB47"/>
-[...4 lines deleted...]
-      <c r="AE47"/>
       <c r="AF47"/>
     </row>
     <row r="48" ht="15.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>