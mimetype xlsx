--- v2 (2025-12-18)
+++ v3 (2026-02-01)
@@ -8,54 +8,54 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="3">
   <si>
-    <t>\</t>
+    <t>/</t>
   </si>
   <si>
-    <t>/</t>
+    <t>\</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -131,2604 +131,2604 @@
     <col min="11" max="11" width="2.734375" customWidth="true"/>
     <col min="12" max="12" width="2.734375" customWidth="true"/>
     <col min="13" max="13" width="2.734375" customWidth="true"/>
     <col min="14" max="14" width="2.734375" customWidth="true"/>
     <col min="15" max="15" width="2.734375" customWidth="true"/>
     <col min="16" max="16" width="2.734375" customWidth="true"/>
     <col min="17" max="17" width="2.734375" customWidth="true"/>
     <col min="18" max="18" width="2.734375" customWidth="true"/>
     <col min="19" max="19" width="2.734375" customWidth="true"/>
     <col min="20" max="20" width="2.734375" customWidth="true"/>
     <col min="21" max="21" width="2.734375" customWidth="true"/>
     <col min="22" max="22" width="2.734375" customWidth="true"/>
     <col min="23" max="23" width="2.734375" customWidth="true"/>
     <col min="24" max="24" width="2.734375" customWidth="true"/>
     <col min="25" max="25" width="2.734375" customWidth="true"/>
     <col min="26" max="26" width="2.734375" customWidth="true"/>
     <col min="27" max="27" width="2.734375" customWidth="true"/>
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
-      <c r="A1" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="A1"/>
+      <c r="B1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C1"/>
       <c r="D1"/>
-      <c r="E1" t="s" s="4">
-        <v>2</v>
+      <c r="E1" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="F1"/>
-      <c r="G1" t="n" s="2">
-        <v>2.0</v>
+      <c r="G1" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1" t="n" s="3">
         <v>9.0</v>
       </c>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N1"/>
       <c r="O1" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="P1"/>
-      <c r="Q1" t="n" s="1">
-        <v>7.0</v>
+      <c r="Q1" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="R1"/>
-      <c r="S1" t="s" s="4">
-        <v>2</v>
+      <c r="S1" t="n" s="2">
+        <v>3.0</v>
       </c>
       <c r="T1"/>
-      <c r="U1" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U1"/>
+      <c r="V1" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="W1"/>
       <c r="X1"/>
-      <c r="Y1"/>
-[...3 lines deleted...]
-      <c r="AA1"/>
+      <c r="Y1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z1"/>
+      <c r="AA1" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="AB1"/>
       <c r="AC1"/>
-      <c r="AD1" t="s" s="4">
-        <v>2</v>
+      <c r="AD1" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="AE1"/>
       <c r="AF1"/>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P2"/>
       <c r="Q2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R2"/>
       <c r="S2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T2"/>
       <c r="U2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V2"/>
       <c r="W2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X2"/>
       <c r="Y2" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z2"/>
       <c r="AA2" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB2"/>
       <c r="AC2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD2"/>
       <c r="AE2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF2"/>
     </row>
     <row r="3" ht="15.0" customHeight="true">
-      <c r="A3"/>
-[...3 lines deleted...]
-      <c r="C3"/>
+      <c r="A3" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B3"/>
+      <c r="C3" t="n" s="2">
+        <v>7.0</v>
+      </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="n" s="3">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="G3"/>
       <c r="H3"/>
-      <c r="I3" t="n" s="1">
-        <v>8.0</v>
+      <c r="I3" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="J3"/>
-      <c r="K3" t="s" s="4">
-        <v>2</v>
+      <c r="K3" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3" t="n" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="S3"/>
       <c r="T3"/>
-      <c r="U3"/>
-[...3 lines deleted...]
-      <c r="W3"/>
+      <c r="U3" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V3"/>
+      <c r="W3" t="n" s="2">
+        <v>6.0</v>
+      </c>
       <c r="X3"/>
-      <c r="Y3" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y3"/>
+      <c r="Z3" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="AA3"/>
       <c r="AB3"/>
-      <c r="AC3" t="n" s="1">
-        <v>3.0</v>
+      <c r="AC3" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD3"/>
       <c r="AE3" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AF3"/>
     </row>
     <row r="4" ht="15.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
     </row>
     <row r="5" ht="15.0" customHeight="true">
       <c r="A5" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B5"/>
       <c r="C5" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
-      <c r="F5" t="n" s="3">
-        <v>6.0</v>
+      <c r="F5" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="G5"/>
       <c r="H5"/>
-      <c r="I5"/>
-[...3 lines deleted...]
-      <c r="K5"/>
+      <c r="I5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J5"/>
+      <c r="K5" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="n" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="O5"/>
       <c r="P5"/>
-      <c r="Q5" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q5"/>
+      <c r="R5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
-      <c r="V5" t="n" s="3">
-        <v>7.0</v>
+      <c r="V5" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="W5"/>
       <c r="X5"/>
-      <c r="Y5" t="s" s="4">
-        <v>2</v>
+      <c r="Y5" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="Z5"/>
       <c r="AA5" t="n" s="2">
         <v>2.0</v>
       </c>
       <c r="AB5"/>
-      <c r="AC5" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC5"/>
+      <c r="AD5" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="AE5"/>
       <c r="AF5"/>
     </row>
     <row r="6" ht="15.0" customHeight="true">
       <c r="A6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F6"/>
       <c r="G6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J6"/>
       <c r="K6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P6"/>
       <c r="Q6" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R6"/>
       <c r="S6" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T6"/>
       <c r="U6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V6"/>
       <c r="W6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X6"/>
       <c r="Y6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z6"/>
       <c r="AA6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB6"/>
       <c r="AC6" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD6"/>
       <c r="AE6" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF6"/>
     </row>
     <row r="7" ht="15.0" customHeight="true">
       <c r="A7"/>
       <c r="B7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="F7"/>
+      <c r="G7" t="n" s="2">
         <v>5.0</v>
       </c>
-      <c r="F7"/>
-[...2 lines deleted...]
-      </c>
       <c r="H7"/>
-      <c r="I7" t="n" s="1">
+      <c r="I7"/>
+      <c r="J7" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="K7"/>
+      <c r="L7"/>
+      <c r="M7" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N7"/>
+      <c r="O7" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="P7"/>
+      <c r="Q7" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="R7"/>
+      <c r="S7" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="T7"/>
+      <c r="U7" t="n" s="1">
         <v>3.0</v>
-      </c>
-[...20 lines deleted...]
-        <v>2</v>
       </c>
       <c r="V7"/>
       <c r="W7" t="n" s="2">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="X7"/>
       <c r="Y7"/>
-      <c r="Z7" t="n" s="3">
-        <v>9.0</v>
+      <c r="Z7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AA7"/>
       <c r="AB7"/>
-      <c r="AC7"/>
-[...3 lines deleted...]
-      <c r="AE7"/>
+      <c r="AC7" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="AD7"/>
+      <c r="AE7" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF7"/>
     </row>
     <row r="8" ht="15.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
     </row>
     <row r="9" ht="15.0" customHeight="true">
       <c r="A9" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B9"/>
-      <c r="C9" t="n" s="2">
-        <v>3.0</v>
+      <c r="C9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="D9"/>
-      <c r="E9"/>
-[...3 lines deleted...]
-      <c r="G9"/>
+      <c r="E9" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="F9"/>
+      <c r="G9" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="H9"/>
-      <c r="I9" t="n" s="1">
-        <v>9.0</v>
+      <c r="I9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="J9"/>
-      <c r="K9" t="s" s="4">
-        <v>2</v>
+      <c r="K9" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="L9"/>
-      <c r="M9"/>
-[...3 lines deleted...]
-      <c r="O9"/>
+      <c r="M9" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N9"/>
+      <c r="O9" t="n" s="2">
+        <v>6.0</v>
+      </c>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9" t="n" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="S9"/>
       <c r="T9"/>
-      <c r="U9"/>
-      <c r="V9" t="n" s="3">
+      <c r="U9" t="n" s="1">
         <v>7.0</v>
       </c>
-      <c r="W9"/>
+      <c r="V9"/>
+      <c r="W9" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X9"/>
-      <c r="Y9" t="n" s="1">
-        <v>3.0</v>
+      <c r="Y9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z9"/>
       <c r="AA9" t="n" s="2">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB9"/>
       <c r="AC9" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AD9"/>
-      <c r="AE9" t="n" s="2">
-        <v>1.0</v>
+      <c r="AE9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AF9"/>
     </row>
     <row r="10" ht="15.0" customHeight="true">
       <c r="A10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F10"/>
       <c r="G10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P10"/>
       <c r="Q10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T10"/>
       <c r="U10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V10"/>
       <c r="W10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X10"/>
       <c r="Y10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z10"/>
       <c r="AA10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB10"/>
       <c r="AC10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD10"/>
       <c r="AE10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF10"/>
     </row>
     <row r="11" ht="15.0" customHeight="true">
       <c r="A11"/>
-      <c r="B11" t="s" s="4">
-        <v>2</v>
+      <c r="B11" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
-      <c r="E11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E11"/>
+      <c r="F11" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="n" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
-      <c r="M11" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M11"/>
+      <c r="N11" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="O11"/>
       <c r="P11"/>
-      <c r="Q11" t="n" s="1">
-        <v>4.0</v>
+      <c r="Q11" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="R11"/>
-      <c r="S11" t="s" s="4">
-        <v>2</v>
+      <c r="S11" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="T11"/>
-      <c r="U11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U11"/>
+      <c r="V11" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
-      <c r="Z11" t="s" s="4">
-        <v>2</v>
+      <c r="Z11" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
-      <c r="AD11" t="s" s="4">
-        <v>2</v>
+      <c r="AD11" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="AE11"/>
       <c r="AF11"/>
     </row>
     <row r="12" ht="15.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
     </row>
     <row r="13" ht="15.0" customHeight="true">
-      <c r="A13"/>
-[...3 lines deleted...]
-      <c r="C13"/>
+      <c r="A13" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D13"/>
-      <c r="E13"/>
-[...3 lines deleted...]
-      <c r="G13"/>
+      <c r="E13" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F13"/>
+      <c r="G13" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="H13"/>
-      <c r="I13"/>
-[...3 lines deleted...]
-      <c r="K13"/>
+      <c r="I13" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="J13"/>
+      <c r="K13" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L13"/>
-      <c r="M13"/>
-[...3 lines deleted...]
-      <c r="O13"/>
+      <c r="M13" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N13"/>
+      <c r="O13" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="P13"/>
-      <c r="Q13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q13"/>
+      <c r="R13" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
-      <c r="V13" t="s" s="4">
-        <v>2</v>
+      <c r="V13" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="W13"/>
       <c r="X13"/>
-      <c r="Y13"/>
-[...3 lines deleted...]
-      <c r="AA13"/>
+      <c r="Y13" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z13"/>
+      <c r="AA13" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AB13"/>
-      <c r="AC13"/>
-[...3 lines deleted...]
-      <c r="AE13"/>
+      <c r="AC13" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="AD13"/>
+      <c r="AE13" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF13"/>
     </row>
     <row r="14" ht="15.0" customHeight="true">
       <c r="A14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F14"/>
       <c r="G14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P14"/>
       <c r="Q14" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T14"/>
       <c r="U14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V14"/>
       <c r="W14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X14"/>
       <c r="Y14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z14"/>
       <c r="AA14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB14"/>
       <c r="AC14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD14"/>
       <c r="AE14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF14"/>
     </row>
     <row r="15" ht="15.0" customHeight="true">
-      <c r="A15" t="s" s="4">
-[...3 lines deleted...]
-      <c r="C15" t="n" s="2">
+      <c r="A15"/>
+      <c r="B15" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="D15"/>
-[...6 lines deleted...]
-      </c>
+      <c r="G15"/>
       <c r="H15"/>
-      <c r="I15" t="n" s="1">
-[...3 lines deleted...]
-      <c r="K15" t="n" s="2">
+      <c r="I15"/>
+      <c r="J15" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="K15"/>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="O15"/>
+      <c r="P15"/>
+      <c r="Q15" t="n" s="1">
         <v>3.0</v>
       </c>
-      <c r="L15"/>
-[...12 lines deleted...]
-      <c r="S15"/>
+      <c r="R15"/>
+      <c r="S15" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T15"/>
-      <c r="U15" t="n" s="1">
-        <v>3.0</v>
+      <c r="U15" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="V15"/>
       <c r="W15" t="n" s="2">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="X15"/>
-      <c r="Y15" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y15"/>
+      <c r="Z15" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AA15"/>
       <c r="AB15"/>
-      <c r="AC15" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC15"/>
+      <c r="AD15" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="AE15"/>
       <c r="AF15"/>
     </row>
     <row r="16" ht="15.0" customHeight="true">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
     </row>
     <row r="17" ht="15.0" customHeight="true">
       <c r="A17" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="B17"/>
-      <c r="C17" t="n" s="2">
-        <v>2.0</v>
+      <c r="C17" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="D17"/>
-      <c r="E17" t="s" s="4">
-[...3 lines deleted...]
-      <c r="G17" t="n" s="2">
+      <c r="E17"/>
+      <c r="F17" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17"/>
+      <c r="I17" t="n" s="1">
         <v>3.0</v>
-      </c>
-[...2 lines deleted...]
-        <v>2</v>
       </c>
       <c r="J17"/>
       <c r="K17" t="n" s="2">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="L17"/>
-      <c r="M17"/>
-[...3 lines deleted...]
-      <c r="O17"/>
+      <c r="M17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N17"/>
+      <c r="O17" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="P17"/>
-      <c r="Q17" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q17"/>
+      <c r="R17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17" t="n" s="3">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="W17"/>
       <c r="X17"/>
-      <c r="Y17"/>
-[...3 lines deleted...]
-      <c r="AA17"/>
+      <c r="Y17" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="Z17"/>
+      <c r="AA17" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AB17"/>
       <c r="AC17" t="n" s="1">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="AD17"/>
-      <c r="AE17" t="n" s="2">
-        <v>4.0</v>
+      <c r="AE17" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AF17"/>
     </row>
     <row r="18" ht="15.0" customHeight="true">
       <c r="A18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F18"/>
       <c r="G18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P18"/>
       <c r="Q18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T18"/>
       <c r="U18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V18"/>
       <c r="W18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X18"/>
       <c r="Y18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z18"/>
       <c r="AA18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB18"/>
       <c r="AC18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD18"/>
       <c r="AE18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF18"/>
     </row>
     <row r="19" ht="15.0" customHeight="true">
       <c r="A19"/>
-      <c r="B19" t="s" s="4">
-        <v>2</v>
+      <c r="B19" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
-      <c r="E19"/>
-[...3 lines deleted...]
-      <c r="G19"/>
+      <c r="E19" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F19"/>
+      <c r="G19" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="H19"/>
       <c r="I19"/>
-      <c r="J19" t="n" s="3">
-        <v>8.0</v>
+      <c r="J19" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
-      <c r="M19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M19"/>
+      <c r="N19" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="O19"/>
       <c r="P19"/>
-      <c r="Q19"/>
-[...3 lines deleted...]
-      <c r="S19"/>
+      <c r="Q19" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="R19"/>
+      <c r="S19" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="T19"/>
       <c r="U19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="V19"/>
       <c r="W19" t="n" s="2">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="X19"/>
-      <c r="Y19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y19"/>
+      <c r="Z19" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AA19"/>
       <c r="AB19"/>
       <c r="AC19"/>
-      <c r="AD19" t="s" s="4">
-        <v>2</v>
+      <c r="AD19" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="AE19"/>
       <c r="AF19"/>
     </row>
     <row r="20" ht="15.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
     </row>
     <row r="21" ht="15.0" customHeight="true">
       <c r="A21" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="B21"/>
-      <c r="C21" t="s" s="4">
-        <v>2</v>
+      <c r="C21" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
-      <c r="F21" t="n" s="3">
-        <v>4.0</v>
+      <c r="F21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="G21"/>
       <c r="H21"/>
-      <c r="I21"/>
-[...3 lines deleted...]
-      <c r="K21"/>
+      <c r="I21" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="J21"/>
+      <c r="K21" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L21"/>
-      <c r="M21"/>
-[...3 lines deleted...]
-      <c r="O21"/>
+      <c r="M21" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N21"/>
+      <c r="O21" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="P21"/>
-      <c r="Q21"/>
-[...3 lines deleted...]
-      <c r="S21"/>
+      <c r="Q21" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="R21"/>
+      <c r="S21" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="T21"/>
       <c r="U21"/>
-      <c r="V21" t="n" s="3">
-        <v>9.0</v>
+      <c r="V21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="W21"/>
       <c r="X21"/>
-      <c r="Y21"/>
-[...3 lines deleted...]
-      <c r="AA21"/>
+      <c r="Y21" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z21"/>
+      <c r="AA21" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="AB21"/>
       <c r="AC21" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD21"/>
-      <c r="AE21" t="s" s="4">
-        <v>2</v>
+      <c r="AE21" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="AF21"/>
     </row>
     <row r="22" ht="15.0" customHeight="true">
       <c r="A22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F22"/>
       <c r="G22" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J22"/>
       <c r="K22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T22"/>
       <c r="U22" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V22"/>
       <c r="W22" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X22"/>
       <c r="Y22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z22"/>
       <c r="AA22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB22"/>
       <c r="AC22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD22"/>
       <c r="AE22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF22"/>
     </row>
     <row r="23" ht="15.0" customHeight="true">
       <c r="A23"/>
-      <c r="B23" t="n" s="3">
-        <v>6.0</v>
+      <c r="B23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="F23"/>
-      <c r="G23" t="s" s="4">
-        <v>2</v>
+      <c r="G23" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="H23"/>
-      <c r="I23" t="n" s="1">
+      <c r="I23"/>
+      <c r="J23" t="n" s="3">
         <v>7.0</v>
       </c>
-      <c r="J23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K23"/>
       <c r="L23"/>
-      <c r="M23" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M23"/>
+      <c r="N23" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="O23"/>
       <c r="P23"/>
-      <c r="Q23" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q23"/>
+      <c r="R23" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="V23"/>
-      <c r="W23" t="s" s="4">
-        <v>2</v>
+      <c r="W23" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="X23"/>
-      <c r="Y23" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y23"/>
+      <c r="Z23" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
-      <c r="AD23" t="n" s="3">
-        <v>4.0</v>
+      <c r="AD23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AE23"/>
       <c r="AF23"/>
     </row>
     <row r="24" ht="15.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
     </row>
     <row r="25" ht="15.0" customHeight="true">
-      <c r="A25"/>
-[...3 lines deleted...]
-      <c r="C25"/>
+      <c r="A25" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D25"/>
-      <c r="E25" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E25"/>
+      <c r="F25" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
-      <c r="J25" t="s" s="4">
-        <v>2</v>
+      <c r="J25" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="K25"/>
       <c r="L25"/>
-      <c r="M25"/>
-[...3 lines deleted...]
-      <c r="O25"/>
+      <c r="M25" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="N25"/>
+      <c r="O25" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25" t="n" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="S25"/>
       <c r="T25"/>
-      <c r="U25" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U25"/>
+      <c r="V25" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="W25"/>
       <c r="X25"/>
-      <c r="Y25" t="n" s="1">
-        <v>7.0</v>
+      <c r="Y25" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z25"/>
       <c r="AA25" t="n" s="2">
         <v>2.0</v>
       </c>
       <c r="AB25"/>
-      <c r="AC25"/>
-[...3 lines deleted...]
-      <c r="AE25"/>
+      <c r="AC25" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD25"/>
+      <c r="AE25" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AF25"/>
     </row>
     <row r="26" ht="15.0" customHeight="true">
       <c r="A26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F26"/>
       <c r="G26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P26"/>
       <c r="Q26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R26"/>
       <c r="S26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T26"/>
       <c r="U26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V26"/>
       <c r="W26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X26"/>
       <c r="Y26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z26"/>
       <c r="AA26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB26"/>
       <c r="AC26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD26"/>
       <c r="AE26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF26"/>
     </row>
     <row r="27" ht="15.0" customHeight="true">
-      <c r="A27" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A27"/>
+      <c r="B27" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="C27"/>
       <c r="D27"/>
-      <c r="E27"/>
-[...3 lines deleted...]
-      <c r="G27"/>
+      <c r="E27" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="H27"/>
-      <c r="I27" t="n" s="1">
-        <v>4.0</v>
+      <c r="I27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="J27"/>
       <c r="K27" t="n" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L27"/>
-      <c r="M27" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M27"/>
+      <c r="N27" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="O27"/>
       <c r="P27"/>
       <c r="Q27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R27"/>
       <c r="S27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="T27"/>
-      <c r="U27"/>
-[...3 lines deleted...]
-      <c r="W27"/>
+      <c r="U27" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="V27"/>
+      <c r="W27" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X27"/>
       <c r="Y27"/>
-      <c r="Z27" t="s" s="4">
-        <v>2</v>
+      <c r="Z27" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="AA27"/>
       <c r="AB27"/>
-      <c r="AC27" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC27"/>
+      <c r="AD27" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE27"/>
       <c r="AF27"/>
     </row>
     <row r="28" ht="15.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
     </row>
     <row r="29" ht="15.0" customHeight="true">
       <c r="A29"/>
-      <c r="B29" t="s" s="4">
-        <v>2</v>
+      <c r="B29" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="G29"/>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
-      <c r="N29" t="s" s="4">
-        <v>2</v>
+      <c r="N29" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="O29"/>
       <c r="P29"/>
-      <c r="Q29"/>
-[...3 lines deleted...]
-      <c r="S29"/>
+      <c r="Q29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R29"/>
+      <c r="S29" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="T29"/>
-      <c r="U29"/>
-[...3 lines deleted...]
-      <c r="W29"/>
+      <c r="U29" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="V29"/>
+      <c r="W29" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="X29"/>
-      <c r="Y29"/>
-[...3 lines deleted...]
-      <c r="AA29"/>
+      <c r="Y29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z29"/>
+      <c r="AA29" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AB29"/>
-      <c r="AC29"/>
-[...3 lines deleted...]
-      <c r="AE29"/>
+      <c r="AC29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD29"/>
+      <c r="AE29" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AF29"/>
     </row>
     <row r="30" ht="15.0" customHeight="true">
       <c r="A30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F30"/>
       <c r="G30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N30"/>
       <c r="O30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P30"/>
       <c r="Q30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R30"/>
       <c r="S30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T30"/>
       <c r="U30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V30"/>
       <c r="W30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X30"/>
       <c r="Y30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z30"/>
       <c r="AA30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB30"/>
       <c r="AC30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD30"/>
       <c r="AE30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF30"/>
     </row>
     <row r="31" ht="15.0" customHeight="true">
       <c r="A31" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="B31"/>
-      <c r="C31" t="n" s="2">
-        <v>2.0</v>
+      <c r="C31" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="D31"/>
-      <c r="E31" t="n" s="1">
-        <v>4.0</v>
+      <c r="E31" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F31"/>
-      <c r="G31" t="s" s="4">
-        <v>2</v>
+      <c r="G31" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J31"/>
       <c r="K31" t="n" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="N31"/>
-      <c r="O31" t="n" s="2">
-        <v>1.0</v>
+      <c r="O31" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="P31"/>
-      <c r="Q31" t="n" s="1">
+      <c r="Q31"/>
+      <c r="R31" t="n" s="3">
         <v>6.0</v>
       </c>
-      <c r="R31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="S31"/>
       <c r="T31"/>
-      <c r="U31" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U31"/>
+      <c r="V31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W31"/>
       <c r="X31"/>
-      <c r="Y31" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y31"/>
+      <c r="Z31" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="AA31"/>
       <c r="AB31"/>
-      <c r="AC31" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC31"/>
+      <c r="AD31" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="AE31"/>
       <c r="AF31"/>
     </row>
     <row r="32" ht="15.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
     </row>
     <row r="33" ht="15.0" customHeight="true">
-      <c r="A33" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A33"/>
+      <c r="B33" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C33"/>
       <c r="D33"/>
-      <c r="E33" t="n" s="1">
-        <v>6.0</v>
+      <c r="E33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F33"/>
-      <c r="G33" t="s" s="4">
-        <v>2</v>
+      <c r="G33" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="J33"/>
       <c r="K33" t="n" s="2">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="N33"/>
       <c r="O33" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="P33"/>
       <c r="Q33"/>
-      <c r="R33" t="s" s="4">
-        <v>2</v>
+      <c r="R33" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="S33"/>
       <c r="T33"/>
-      <c r="U33"/>
-[...3 lines deleted...]
-      <c r="W33"/>
+      <c r="U33" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="V33"/>
+      <c r="W33" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X33"/>
       <c r="Y33"/>
-      <c r="Z33" t="s" s="4">
-        <v>2</v>
+      <c r="Z33" t="n" s="3">
+        <v>7.0</v>
       </c>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
-      <c r="AD33" t="n" s="3">
-        <v>8.0</v>
+      <c r="AD33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AE33"/>
       <c r="AF33"/>
     </row>
     <row r="34" ht="15.0" customHeight="true">
       <c r="A34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F34"/>
       <c r="G34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J34"/>
       <c r="K34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N34"/>
       <c r="O34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P34"/>
       <c r="Q34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R34"/>
       <c r="S34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T34"/>
       <c r="U34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V34"/>
       <c r="W34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X34"/>
       <c r="Y34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z34"/>
       <c r="AA34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB34"/>
       <c r="AC34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD34"/>
       <c r="AE34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF34"/>
     </row>
     <row r="35" ht="15.0" customHeight="true">
-      <c r="A35"/>
-[...3 lines deleted...]
-      <c r="C35"/>
+      <c r="A35" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="n" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="O35"/>
       <c r="P35"/>
-      <c r="Q35" t="n" s="1">
-        <v>4.0</v>
+      <c r="Q35" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="R35"/>
       <c r="S35" t="n" s="2">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T35"/>
-      <c r="U35" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U35"/>
+      <c r="V35" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="W35"/>
       <c r="X35"/>
       <c r="Y35" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z35"/>
-      <c r="AA35" t="n" s="2">
-        <v>5.0</v>
+      <c r="AA35" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB35"/>
-      <c r="AC35" t="s" s="4">
-        <v>2</v>
+      <c r="AC35" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="AD35"/>
       <c r="AE35" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AF35"/>
     </row>
     <row r="36" ht="15.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
     </row>
     <row r="37" ht="15.0" customHeight="true">
-      <c r="A37"/>
-[...3 lines deleted...]
-      <c r="C37"/>
+      <c r="A37" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37" t="n" s="2">
+        <v>7.0</v>
+      </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="n" s="3">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
-      <c r="I37"/>
-[...3 lines deleted...]
-      <c r="K37"/>
+      <c r="I37" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="J37"/>
+      <c r="K37" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="L37"/>
       <c r="M37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N37"/>
       <c r="O37" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="P37"/>
       <c r="Q37"/>
-      <c r="R37" t="n" s="3">
-        <v>7.0</v>
+      <c r="R37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
-      <c r="V37" t="s" s="4">
-        <v>2</v>
+      <c r="V37" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="W37"/>
       <c r="X37"/>
-      <c r="Y37" t="s" s="4">
-        <v>2</v>
+      <c r="Y37" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="Z37"/>
-      <c r="AA37" t="n" s="2">
-        <v>5.0</v>
+      <c r="AA37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB37"/>
       <c r="AC37" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AD37"/>
       <c r="AE37" t="n" s="2">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AF37"/>
     </row>
     <row r="38" ht="15.0" customHeight="true">
       <c r="A38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F38"/>
       <c r="G38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N38"/>
       <c r="O38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P38"/>
       <c r="Q38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R38"/>
       <c r="S38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T38"/>
       <c r="U38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V38"/>
       <c r="W38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X38"/>
       <c r="Y38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z38"/>
       <c r="AA38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB38"/>
       <c r="AC38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD38"/>
       <c r="AE38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF38"/>
     </row>
     <row r="39" ht="15.0" customHeight="true">
-      <c r="A39" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="A39"/>
+      <c r="B39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F39"/>
       <c r="G39" t="n" s="2">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="H39"/>
-      <c r="I39" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I39"/>
+      <c r="J39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="n" s="3">
         <v>10.0</v>
       </c>
       <c r="O39"/>
       <c r="P39"/>
-      <c r="Q39" t="s" s="4">
-        <v>2</v>
+      <c r="Q39" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="R39"/>
       <c r="S39" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="T39"/>
-      <c r="U39" t="n" s="1">
-        <v>4.0</v>
+      <c r="U39" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="V39"/>
       <c r="W39" t="n" s="2">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39" t="n" s="3">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AA39"/>
       <c r="AB39"/>
       <c r="AC39"/>
       <c r="AD39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AE39"/>
       <c r="AF39"/>
     </row>
     <row r="40" ht="15.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
     </row>
     <row r="41" ht="15.0" customHeight="true">
-      <c r="A41" t="n" s="1">
-        <v>3.0</v>
+      <c r="A41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="B41"/>
-      <c r="C41" t="s" s="4">
-        <v>2</v>
+      <c r="C41" t="n" s="2">
+        <v>6.0</v>
       </c>
       <c r="D41"/>
-      <c r="E41" t="n" s="1">
-        <v>3.0</v>
+      <c r="E41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F41"/>
-      <c r="G41" t="s" s="4">
-        <v>2</v>
+      <c r="G41" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="H41"/>
-      <c r="I41"/>
-[...3 lines deleted...]
-      <c r="K41"/>
+      <c r="I41" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="J41"/>
+      <c r="K41" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L41"/>
       <c r="M41" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="N41"/>
       <c r="O41" t="n" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P41"/>
-      <c r="Q41"/>
-[...3 lines deleted...]
-      <c r="S41"/>
+      <c r="Q41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R41"/>
+      <c r="S41" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="T41"/>
       <c r="U41" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="V41"/>
       <c r="W41" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="X41"/>
-      <c r="Y41" t="s" s="4">
-        <v>2</v>
+      <c r="Y41" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="Z41"/>
       <c r="AA41" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AB41"/>
       <c r="AC41"/>
-      <c r="AD41" t="n" s="3">
-        <v>8.0</v>
+      <c r="AD41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AE41"/>
       <c r="AF41"/>
     </row>
     <row r="42" ht="15.0" customHeight="true">
       <c r="A42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F42"/>
       <c r="G42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J42"/>
       <c r="K42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N42"/>
       <c r="O42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P42"/>
       <c r="Q42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R42"/>
       <c r="S42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T42"/>
       <c r="U42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V42"/>
       <c r="W42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X42"/>
       <c r="Y42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z42"/>
       <c r="AA42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB42"/>
       <c r="AC42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD42"/>
       <c r="AE42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF42"/>
     </row>
     <row r="43" ht="15.0" customHeight="true">
       <c r="A43"/>
       <c r="B43" t="n" s="3">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="G43"/>
       <c r="H43"/>
-      <c r="I43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I43"/>
+      <c r="J43" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="O43"/>
       <c r="P43"/>
-      <c r="Q43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q43"/>
+      <c r="R43" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="S43"/>
       <c r="T43"/>
       <c r="U43"/>
       <c r="V43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="W43"/>
       <c r="X43"/>
       <c r="Y43"/>
-      <c r="Z43" t="n" s="3">
-        <v>10.0</v>
+      <c r="Z43" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AA43"/>
       <c r="AB43"/>
       <c r="AC43" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD43"/>
+      <c r="AE43" t="n" s="2">
         <v>6.0</v>
-      </c>
-[...2 lines deleted...]
-        <v>2</v>
       </c>
       <c r="AF43"/>
     </row>
     <row r="44" ht="15.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44"/>
       <c r="AD44"/>
       <c r="AE44"/>
       <c r="AF44"/>
     </row>
     <row r="45" ht="15.0" customHeight="true">
-      <c r="A45" t="n" s="1">
-        <v>3.0</v>
+      <c r="A45" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="B45"/>
-      <c r="C45" t="s" s="4">
-        <v>2</v>
+      <c r="C45" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="F45"/>
       <c r="G45" t="n" s="2">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="J45"/>
       <c r="K45" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="O45"/>
       <c r="P45"/>
-      <c r="Q45"/>
-[...3 lines deleted...]
-      <c r="S45"/>
+      <c r="Q45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R45"/>
+      <c r="S45" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="T45"/>
-      <c r="U45" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U45"/>
+      <c r="V45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45" t="n" s="3">
         <v>6.0</v>
       </c>
       <c r="AA45"/>
       <c r="AB45"/>
       <c r="AC45"/>
-      <c r="AD45" t="s" s="4">
-        <v>2</v>
+      <c r="AD45" t="n" s="3">
+        <v>8.0</v>
       </c>
       <c r="AE45"/>
       <c r="AF45"/>
     </row>
     <row r="46" ht="15.0" customHeight="true">
       <c r="A46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F46"/>
       <c r="G46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N46"/>
       <c r="O46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P46"/>
       <c r="Q46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R46"/>
       <c r="S46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T46"/>
       <c r="U46" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V46"/>
       <c r="W46" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X46"/>
       <c r="Y46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z46"/>
       <c r="AA46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB46"/>
       <c r="AC46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD46"/>
       <c r="AE46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF46"/>
     </row>
     <row r="47" ht="15.0" customHeight="true">
       <c r="A47"/>
       <c r="B47" t="n" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="G47"/>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="N47"/>
       <c r="O47" t="n" s="2">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="P47"/>
-      <c r="Q47" t="n" s="1">
+      <c r="Q47"/>
+      <c r="R47" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="R47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="S47"/>
       <c r="T47"/>
-      <c r="U47"/>
-[...3 lines deleted...]
-      <c r="W47"/>
+      <c r="U47" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V47"/>
+      <c r="W47" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="X47"/>
-      <c r="Y47" t="n" s="1">
-        <v>5.0</v>
+      <c r="Y47" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z47"/>
-      <c r="AA47" t="s" s="4">
-        <v>2</v>
+      <c r="AA47" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="AB47"/>
-      <c r="AC47" t="n" s="1">
-        <v>4.0</v>
+      <c r="AC47" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD47"/>
       <c r="AE47" t="n" s="2">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF47"/>
     </row>
     <row r="48" ht="15.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>