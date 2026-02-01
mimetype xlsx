--- v3 (2026-02-01)
+++ v4 (2026-02-01)
@@ -132,2270 +132,2272 @@
     <col min="12" max="12" width="2.734375" customWidth="true"/>
     <col min="13" max="13" width="2.734375" customWidth="true"/>
     <col min="14" max="14" width="2.734375" customWidth="true"/>
     <col min="15" max="15" width="2.734375" customWidth="true"/>
     <col min="16" max="16" width="2.734375" customWidth="true"/>
     <col min="17" max="17" width="2.734375" customWidth="true"/>
     <col min="18" max="18" width="2.734375" customWidth="true"/>
     <col min="19" max="19" width="2.734375" customWidth="true"/>
     <col min="20" max="20" width="2.734375" customWidth="true"/>
     <col min="21" max="21" width="2.734375" customWidth="true"/>
     <col min="22" max="22" width="2.734375" customWidth="true"/>
     <col min="23" max="23" width="2.734375" customWidth="true"/>
     <col min="24" max="24" width="2.734375" customWidth="true"/>
     <col min="25" max="25" width="2.734375" customWidth="true"/>
     <col min="26" max="26" width="2.734375" customWidth="true"/>
     <col min="27" max="27" width="2.734375" customWidth="true"/>
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
       <c r="A1"/>
-      <c r="B1" t="s" s="4">
-        <v>2</v>
+      <c r="B1" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="F1"/>
       <c r="G1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1" t="n" s="3">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="K1"/>
       <c r="L1"/>
-      <c r="M1" t="s" s="4">
-        <v>2</v>
+      <c r="M1" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="N1"/>
       <c r="O1" t="n" s="2">
+        <v>4.0</v>
+      </c>
+      <c r="P1"/>
+      <c r="Q1"/>
+      <c r="R1" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="S1"/>
+      <c r="T1"/>
+      <c r="U1" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="V1"/>
+      <c r="W1" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="P1"/>
-[...12 lines deleted...]
-      <c r="W1"/>
       <c r="X1"/>
-      <c r="Y1" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y1"/>
+      <c r="Z1" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="AA1"/>
       <c r="AB1"/>
-      <c r="AC1"/>
-[...3 lines deleted...]
-      <c r="AE1"/>
+      <c r="AC1" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="AD1"/>
+      <c r="AE1" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF1"/>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P2"/>
       <c r="Q2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R2"/>
       <c r="S2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T2"/>
       <c r="U2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V2"/>
       <c r="W2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X2"/>
       <c r="Y2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z2"/>
       <c r="AA2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB2"/>
       <c r="AC2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD2"/>
       <c r="AE2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF2"/>
     </row>
     <row r="3" ht="15.0" customHeight="true">
-      <c r="A3" t="n" s="1">
-        <v>3.0</v>
+      <c r="A3" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="n" s="2">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="J3"/>
       <c r="K3" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
-      <c r="N3" t="n" s="3">
-        <v>4.0</v>
+      <c r="N3" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="O3"/>
       <c r="P3"/>
-      <c r="Q3"/>
-[...3 lines deleted...]
-      <c r="S3"/>
+      <c r="Q3" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="R3"/>
+      <c r="S3" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T3"/>
-      <c r="U3" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U3"/>
+      <c r="V3" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W3"/>
       <c r="X3"/>
-      <c r="Y3"/>
-[...3 lines deleted...]
-      <c r="AA3"/>
+      <c r="Y3" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z3"/>
+      <c r="AA3" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AB3"/>
-      <c r="AC3" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC3"/>
+      <c r="AD3" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="AE3"/>
       <c r="AF3"/>
     </row>
     <row r="4" ht="15.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
     </row>
     <row r="5" ht="15.0" customHeight="true">
-      <c r="A5" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A5"/>
+      <c r="B5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
-      <c r="F5" t="s" s="4">
-        <v>2</v>
+      <c r="F5" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="G5"/>
       <c r="H5"/>
-      <c r="I5" t="s" s="4">
-        <v>2</v>
+      <c r="I5" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="J5"/>
       <c r="K5" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="L5"/>
-      <c r="M5"/>
-[...3 lines deleted...]
-      <c r="O5"/>
+      <c r="M5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N5"/>
+      <c r="O5" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="P5"/>
       <c r="Q5"/>
-      <c r="R5" t="s" s="4">
-        <v>2</v>
+      <c r="R5" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="S5"/>
       <c r="T5"/>
-      <c r="U5"/>
-[...3 lines deleted...]
-      <c r="W5"/>
+      <c r="U5" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V5"/>
+      <c r="W5" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="X5"/>
-      <c r="Y5" t="n" s="1">
-        <v>4.0</v>
+      <c r="Y5" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z5"/>
       <c r="AA5" t="n" s="2">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB5"/>
-      <c r="AC5"/>
-[...3 lines deleted...]
-      <c r="AE5"/>
+      <c r="AC5" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD5"/>
+      <c r="AE5" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AF5"/>
     </row>
     <row r="6" ht="15.0" customHeight="true">
       <c r="A6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F6"/>
       <c r="G6" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J6"/>
       <c r="K6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P6"/>
       <c r="Q6" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R6"/>
       <c r="S6" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T6"/>
       <c r="U6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V6"/>
       <c r="W6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X6"/>
       <c r="Y6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z6"/>
       <c r="AA6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB6"/>
       <c r="AC6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD6"/>
       <c r="AE6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF6"/>
     </row>
     <row r="7" ht="15.0" customHeight="true">
-      <c r="A7"/>
-[...3 lines deleted...]
-      <c r="C7"/>
+      <c r="A7" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="D7"/>
       <c r="E7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="F7"/>
-      <c r="G7" t="n" s="2">
-        <v>5.0</v>
+      <c r="G7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
-      <c r="J7" t="n" s="3">
-        <v>7.0</v>
+      <c r="J7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K7"/>
       <c r="L7"/>
-      <c r="M7" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M7"/>
+      <c r="N7" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="O7"/>
       <c r="P7"/>
       <c r="Q7" t="n" s="1">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="R7"/>
-      <c r="S7" t="n" s="2">
-        <v>2.0</v>
+      <c r="S7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="T7"/>
-      <c r="U7" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U7"/>
+      <c r="V7" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
-      <c r="Z7" t="s" s="4">
-        <v>2</v>
+      <c r="Z7" t="n" s="3">
+        <v>10.0</v>
       </c>
       <c r="AA7"/>
       <c r="AB7"/>
-      <c r="AC7" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC7"/>
+      <c r="AD7" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE7"/>
       <c r="AF7"/>
     </row>
     <row r="8" ht="15.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
     </row>
     <row r="9" ht="15.0" customHeight="true">
-      <c r="A9" t="n" s="1">
+      <c r="A9"/>
+      <c r="B9" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C9"/>
+      <c r="D9"/>
+      <c r="E9"/>
+      <c r="F9" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="B9"/>
-[...18 lines deleted...]
-      </c>
+      <c r="K9"/>
       <c r="L9"/>
-      <c r="M9" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M9"/>
+      <c r="N9" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9" t="n" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="S9"/>
       <c r="T9"/>
-      <c r="U9" t="n" s="1">
+      <c r="U9"/>
+      <c r="V9" t="n" s="3">
         <v>7.0</v>
       </c>
-      <c r="V9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="W9"/>
       <c r="X9"/>
-      <c r="Y9" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y9"/>
+      <c r="Z9" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="AA9"/>
       <c r="AB9"/>
-      <c r="AC9" t="n" s="1">
-        <v>3.0</v>
+      <c r="AC9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD9"/>
-      <c r="AE9" t="s" s="4">
-        <v>2</v>
+      <c r="AE9" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="AF9"/>
     </row>
     <row r="10" ht="15.0" customHeight="true">
       <c r="A10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F10"/>
       <c r="G10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P10"/>
       <c r="Q10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T10"/>
       <c r="U10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V10"/>
       <c r="W10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X10"/>
       <c r="Y10" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z10"/>
       <c r="AA10" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB10"/>
       <c r="AC10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD10"/>
       <c r="AE10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF10"/>
     </row>
     <row r="11" ht="15.0" customHeight="true">
-      <c r="A11"/>
-[...3 lines deleted...]
-      <c r="C11"/>
+      <c r="A11" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="D11"/>
-      <c r="E11"/>
-[...3 lines deleted...]
-      <c r="G11"/>
+      <c r="E11" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="H11"/>
-      <c r="I11"/>
-[...3 lines deleted...]
-      <c r="K11"/>
+      <c r="I11" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="J11"/>
+      <c r="K11" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L11"/>
-      <c r="M11"/>
-[...3 lines deleted...]
-      <c r="O11"/>
+      <c r="M11" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="N11"/>
+      <c r="O11" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P11"/>
       <c r="Q11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="n" s="2">
         <v>4.0</v>
       </c>
       <c r="T11"/>
-      <c r="U11"/>
-[...3 lines deleted...]
-      <c r="W11"/>
+      <c r="U11" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V11"/>
+      <c r="W11" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="X11"/>
-      <c r="Y11"/>
-[...3 lines deleted...]
-      <c r="AA11"/>
+      <c r="Y11" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z11"/>
+      <c r="AA11" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11" t="n" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="AE11"/>
       <c r="AF11"/>
     </row>
     <row r="12" ht="15.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
     </row>
     <row r="13" ht="15.0" customHeight="true">
       <c r="A13" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="D13"/>
-      <c r="E13" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="E13"/>
+      <c r="F13" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="G13"/>
       <c r="H13"/>
-      <c r="I13" t="n" s="1">
-        <v>3.0</v>
+      <c r="I13" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="J13"/>
-      <c r="K13" t="s" s="4">
-        <v>2</v>
+      <c r="K13" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="L13"/>
-      <c r="M13" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M13"/>
+      <c r="N13" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
-      <c r="R13" t="n" s="3">
-        <v>4.0</v>
+      <c r="R13" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="S13"/>
       <c r="T13"/>
-      <c r="U13"/>
-[...3 lines deleted...]
-      <c r="W13"/>
+      <c r="U13" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V13"/>
+      <c r="W13" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="X13"/>
-      <c r="Y13" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y13"/>
+      <c r="Z13" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="AA13"/>
       <c r="AB13"/>
-      <c r="AC13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC13"/>
+      <c r="AD13" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AE13"/>
       <c r="AF13"/>
     </row>
     <row r="14" ht="15.0" customHeight="true">
       <c r="A14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F14"/>
       <c r="G14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P14"/>
       <c r="Q14" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T14"/>
       <c r="U14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V14"/>
       <c r="W14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X14"/>
       <c r="Y14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z14"/>
       <c r="AA14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB14"/>
       <c r="AC14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD14"/>
       <c r="AE14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF14"/>
     </row>
     <row r="15" ht="15.0" customHeight="true">
       <c r="A15"/>
       <c r="B15" t="n" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
-      <c r="E15"/>
-[...3 lines deleted...]
-      <c r="G15"/>
+      <c r="E15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F15"/>
+      <c r="G15" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
-      <c r="M15"/>
-      <c r="N15" t="n" s="3">
+      <c r="M15" t="n" s="1">
         <v>6.0</v>
       </c>
-      <c r="O15"/>
+      <c r="N15"/>
+      <c r="O15" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P15"/>
       <c r="Q15" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R15"/>
-      <c r="S15" t="s" s="4">
-        <v>2</v>
+      <c r="S15" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="T15"/>
-      <c r="U15" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U15"/>
+      <c r="V15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W15"/>
       <c r="X15"/>
-      <c r="Y15"/>
-[...3 lines deleted...]
-      <c r="AA15"/>
+      <c r="Y15" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="Z15"/>
+      <c r="AA15" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AB15"/>
-      <c r="AC15"/>
-[...3 lines deleted...]
-      <c r="AE15"/>
+      <c r="AC15" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD15"/>
+      <c r="AE15" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF15"/>
     </row>
     <row r="16" ht="15.0" customHeight="true">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
     </row>
     <row r="17" ht="15.0" customHeight="true">
       <c r="A17" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="n" s="3">
         <v>8.0</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J17"/>
-      <c r="K17" t="n" s="2">
-        <v>7.0</v>
+      <c r="K17" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="L17"/>
-      <c r="M17" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M17"/>
+      <c r="N17" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="O17"/>
       <c r="P17"/>
-      <c r="Q17"/>
-[...3 lines deleted...]
-      <c r="S17"/>
+      <c r="Q17" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="R17"/>
+      <c r="S17" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="T17"/>
-      <c r="U17"/>
-[...3 lines deleted...]
-      <c r="W17"/>
+      <c r="U17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V17"/>
+      <c r="W17" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="X17"/>
       <c r="Y17" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z17"/>
-      <c r="AA17" t="n" s="2">
-        <v>4.0</v>
+      <c r="AA17" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB17"/>
-      <c r="AC17" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC17"/>
+      <c r="AD17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE17"/>
       <c r="AF17"/>
     </row>
     <row r="18" ht="15.0" customHeight="true">
       <c r="A18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F18"/>
       <c r="G18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P18"/>
       <c r="Q18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T18"/>
       <c r="U18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V18"/>
       <c r="W18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X18"/>
       <c r="Y18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z18"/>
       <c r="AA18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB18"/>
       <c r="AC18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD18"/>
       <c r="AE18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF18"/>
     </row>
     <row r="19" ht="15.0" customHeight="true">
       <c r="A19"/>
       <c r="B19" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
-      <c r="E19" t="s" s="4">
-        <v>2</v>
+      <c r="E19" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="F19"/>
-      <c r="G19" t="n" s="2">
-        <v>2.0</v>
+      <c r="G19" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
-      <c r="J19" t="s" s="4">
-        <v>2</v>
+      <c r="J19" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
-      <c r="M19"/>
-[...3 lines deleted...]
-      <c r="O19"/>
+      <c r="M19" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="N19"/>
+      <c r="O19" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P19"/>
-      <c r="Q19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q19"/>
+      <c r="R19" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S19"/>
       <c r="T19"/>
-      <c r="U19" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U19"/>
+      <c r="V19" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
-      <c r="Z19" t="s" s="4">
-        <v>2</v>
+      <c r="Z19" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="AA19"/>
       <c r="AB19"/>
-      <c r="AC19"/>
-[...3 lines deleted...]
-      <c r="AE19"/>
+      <c r="AC19" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD19"/>
+      <c r="AE19" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="AF19"/>
     </row>
     <row r="20" ht="15.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
     </row>
     <row r="21" ht="15.0" customHeight="true">
-      <c r="A21" t="n" s="1">
-        <v>4.0</v>
+      <c r="A21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="n" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D21"/>
-      <c r="E21"/>
-[...3 lines deleted...]
-      <c r="G21"/>
+      <c r="E21" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="F21"/>
+      <c r="G21" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="H21"/>
       <c r="I21" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="J21"/>
       <c r="K21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L21"/>
-      <c r="M21" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M21"/>
+      <c r="N21" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="O21"/>
       <c r="P21"/>
       <c r="Q21" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="R21"/>
-      <c r="S21" t="n" s="2">
-        <v>4.0</v>
+      <c r="S21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="W21"/>
       <c r="X21"/>
-      <c r="Y21" t="s" s="4">
-        <v>2</v>
+      <c r="Y21" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="Z21"/>
-      <c r="AA21" t="n" s="2">
-        <v>5.0</v>
+      <c r="AA21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB21"/>
       <c r="AC21" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AD21"/>
       <c r="AE21" t="n" s="2">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AF21"/>
     </row>
     <row r="22" ht="15.0" customHeight="true">
       <c r="A22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F22"/>
       <c r="G22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J22"/>
       <c r="K22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T22"/>
       <c r="U22" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V22"/>
       <c r="W22" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X22"/>
       <c r="Y22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z22"/>
       <c r="AA22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB22"/>
       <c r="AC22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD22"/>
       <c r="AE22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF22"/>
     </row>
     <row r="23" ht="15.0" customHeight="true">
       <c r="A23"/>
-      <c r="B23" t="s" s="4">
-        <v>2</v>
+      <c r="B23" t="n" s="3">
+        <v>10.0</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
-      <c r="E23" t="n" s="1">
+      <c r="E23"/>
+      <c r="F23" t="n" s="3">
         <v>6.0</v>
       </c>
-      <c r="F23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="n" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
-      <c r="M23"/>
-[...3 lines deleted...]
-      <c r="O23"/>
+      <c r="M23" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N23"/>
+      <c r="O23" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="P23"/>
       <c r="Q23"/>
-      <c r="R23" t="s" s="4">
-        <v>2</v>
+      <c r="R23" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="V23"/>
       <c r="W23" t="n" s="2">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23" t="n" s="3">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AE23"/>
       <c r="AF23"/>
     </row>
     <row r="24" ht="15.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
     </row>
     <row r="25" ht="15.0" customHeight="true">
-      <c r="A25" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A25"/>
+      <c r="B25" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="n" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
-      <c r="I25"/>
-[...3 lines deleted...]
-      <c r="K25"/>
+      <c r="I25" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J25"/>
+      <c r="K25" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="L25"/>
-      <c r="M25" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M25"/>
+      <c r="N25" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
-      <c r="R25" t="n" s="3">
-        <v>6.0</v>
+      <c r="R25" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25" t="n" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="W25"/>
       <c r="X25"/>
-      <c r="Y25" t="s" s="4">
-        <v>2</v>
+      <c r="Y25" t="n" s="1">
+        <v>7.0</v>
       </c>
       <c r="Z25"/>
-      <c r="AA25" t="n" s="2">
-        <v>2.0</v>
+      <c r="AA25" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB25"/>
-      <c r="AC25" t="n" s="1">
-        <v>3.0</v>
+      <c r="AC25" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD25"/>
       <c r="AE25" t="n" s="2">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF25"/>
     </row>
     <row r="26" ht="15.0" customHeight="true">
       <c r="A26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F26"/>
       <c r="G26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P26"/>
       <c r="Q26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R26"/>
       <c r="S26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T26"/>
       <c r="U26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V26"/>
       <c r="W26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X26"/>
       <c r="Y26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z26"/>
       <c r="AA26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB26"/>
       <c r="AC26" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD26"/>
       <c r="AE26" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF26"/>
     </row>
     <row r="27" ht="15.0" customHeight="true">
-      <c r="A27"/>
-[...3 lines deleted...]
-      <c r="C27"/>
+      <c r="A27" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D27"/>
-      <c r="E27" t="s" s="4">
-        <v>2</v>
+      <c r="E27" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="F27"/>
-      <c r="G27" t="n" s="2">
-        <v>4.0</v>
+      <c r="G27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H27"/>
-      <c r="I27" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I27"/>
+      <c r="J27" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="K27"/>
       <c r="L27"/>
-      <c r="M27"/>
-[...3 lines deleted...]
-      <c r="O27"/>
+      <c r="M27" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N27"/>
+      <c r="O27" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="P27"/>
       <c r="Q27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R27"/>
-      <c r="S27" t="s" s="4">
-        <v>2</v>
+      <c r="S27" t="n" s="2">
+        <v>3.0</v>
       </c>
       <c r="T27"/>
-      <c r="U27" t="n" s="1">
-        <v>7.0</v>
+      <c r="U27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="V27"/>
-      <c r="W27" t="s" s="4">
-        <v>2</v>
+      <c r="W27" t="n" s="2">
+        <v>4.0</v>
       </c>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27" t="n" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
-      <c r="AD27" t="s" s="4">
-        <v>2</v>
+      <c r="AD27" t="n" s="3">
+        <v>7.0</v>
       </c>
       <c r="AE27"/>
       <c r="AF27"/>
     </row>
     <row r="28" ht="15.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
     </row>
     <row r="29" ht="15.0" customHeight="true">
       <c r="A29"/>
       <c r="B29" t="n" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="n" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="G29"/>
       <c r="H29"/>
-      <c r="I29"/>
-[...3 lines deleted...]
-      <c r="K29"/>
+      <c r="I29" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="J29"/>
+      <c r="K29" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="n" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="O29"/>
       <c r="P29"/>
-      <c r="Q29" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Q29"/>
+      <c r="R29" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S29"/>
       <c r="T29"/>
-      <c r="U29" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U29"/>
+      <c r="V29" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="W29"/>
       <c r="X29"/>
-      <c r="Y29" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y29"/>
+      <c r="Z29" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="AA29"/>
       <c r="AB29"/>
-      <c r="AC29" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC29"/>
+      <c r="AD29" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="AE29"/>
       <c r="AF29"/>
     </row>
     <row r="30" ht="15.0" customHeight="true">
       <c r="A30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F30"/>
       <c r="G30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="N30"/>
       <c r="O30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="P30"/>
       <c r="Q30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R30"/>
       <c r="S30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T30"/>
       <c r="U30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V30"/>
       <c r="W30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X30"/>
       <c r="Y30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z30"/>
       <c r="AA30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB30"/>
       <c r="AC30" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD30"/>
       <c r="AE30" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF30"/>
     </row>
     <row r="31" ht="15.0" customHeight="true">
       <c r="A31" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B31"/>
       <c r="C31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="D31"/>
-      <c r="E31" t="s" s="4">
-        <v>2</v>
+      <c r="E31" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="F31"/>
-      <c r="G31" t="n" s="2">
-        <v>1.0</v>
+      <c r="G31" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H31"/>
-      <c r="I31" t="n" s="1">
-[...3 lines deleted...]
-      <c r="K31" t="n" s="2">
+      <c r="I31"/>
+      <c r="J31" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="K31"/>
+      <c r="L31"/>
+      <c r="M31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N31"/>
+      <c r="O31" t="n" s="2">
         <v>2.0</v>
       </c>
-      <c r="L31"/>
-[...6 lines deleted...]
-      </c>
       <c r="P31"/>
-      <c r="Q31"/>
-[...3 lines deleted...]
-      <c r="S31"/>
+      <c r="Q31" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="R31"/>
+      <c r="S31" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="T31"/>
-      <c r="U31"/>
-[...3 lines deleted...]
-      <c r="W31"/>
+      <c r="U31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V31"/>
+      <c r="W31" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="X31"/>
-      <c r="Y31"/>
-      <c r="Z31" t="n" s="3">
+      <c r="Y31" t="n" s="1">
         <v>7.0</v>
       </c>
-      <c r="AA31"/>
+      <c r="Z31"/>
+      <c r="AA31" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AB31"/>
-      <c r="AC31"/>
-[...3 lines deleted...]
-      <c r="AE31"/>
+      <c r="AC31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD31"/>
+      <c r="AE31" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AF31"/>
     </row>
     <row r="32" ht="15.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
     </row>
     <row r="33" ht="15.0" customHeight="true">
-      <c r="A33"/>
-[...3 lines deleted...]
-      <c r="C33"/>
+      <c r="A33" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="D33"/>
-      <c r="E33" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="E33"/>
+      <c r="F33" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G33"/>
       <c r="H33"/>
-      <c r="I33" t="n" s="1">
-        <v>3.0</v>
+      <c r="I33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="J33"/>
       <c r="K33" t="n" s="2">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="L33"/>
-      <c r="M33" t="n" s="1">
-        <v>6.0</v>
+      <c r="M33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="N33"/>
       <c r="O33" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="P33"/>
+      <c r="Q33" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R33"/>
+      <c r="S33" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="P33"/>
-[...4 lines deleted...]
-      <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="V33"/>
-      <c r="W33" t="s" s="4">
-        <v>2</v>
+      <c r="W33" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33" t="n" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
-      <c r="AD33" t="s" s="4">
-        <v>2</v>
+      <c r="AD33" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="AE33"/>
       <c r="AF33"/>
     </row>
     <row r="34" ht="15.0" customHeight="true">
       <c r="A34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F34"/>
       <c r="G34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J34"/>
       <c r="K34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N34"/>
       <c r="O34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P34"/>
       <c r="Q34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R34"/>
       <c r="S34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T34"/>
       <c r="U34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V34"/>
       <c r="W34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X34"/>
       <c r="Y34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z34"/>
       <c r="AA34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB34"/>
       <c r="AC34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD34"/>
       <c r="AE34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF34"/>
     </row>
     <row r="35" ht="15.0" customHeight="true">
-      <c r="A35" t="n" s="1">
-[...3 lines deleted...]
-      <c r="C35" t="n" s="2">
+      <c r="A35"/>
+      <c r="B35" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="F35"/>
+      <c r="G35" t="n" s="2">
         <v>2.0</v>
       </c>
-      <c r="D35"/>
-[...4 lines deleted...]
-      <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
-      <c r="J35" t="s" s="4">
-        <v>2</v>
+      <c r="J35" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
-      <c r="N35" t="s" s="4">
-        <v>2</v>
+      <c r="N35" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="O35"/>
       <c r="P35"/>
-      <c r="Q35" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Q35"/>
+      <c r="R35" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
-      <c r="V35" t="n" s="3">
-        <v>8.0</v>
+      <c r="V35" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="W35"/>
       <c r="X35"/>
-      <c r="Y35" t="n" s="1">
-        <v>5.0</v>
+      <c r="Y35" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z35"/>
-      <c r="AA35" t="s" s="4">
-        <v>2</v>
+      <c r="AA35" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="AB35"/>
-      <c r="AC35" t="n" s="1">
-        <v>3.0</v>
+      <c r="AC35" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD35"/>
       <c r="AE35" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AF35"/>
     </row>
     <row r="36" ht="15.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
     </row>
     <row r="37" ht="15.0" customHeight="true">
-      <c r="A37" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A37"/>
+      <c r="B37" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="n" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
-      <c r="I37" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I37"/>
+      <c r="J37" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K37"/>
       <c r="L37"/>
       <c r="M37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="N37"/>
       <c r="O37" t="n" s="2">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="P37"/>
       <c r="Q37"/>
-      <c r="R37" t="s" s="4">
-        <v>2</v>
+      <c r="R37" t="n" s="3">
+        <v>8.0</v>
       </c>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37" t="n" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="W37"/>
       <c r="X37"/>
-      <c r="Y37" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y37"/>
+      <c r="Z37" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AA37"/>
       <c r="AB37"/>
-      <c r="AC37" t="n" s="1">
-        <v>3.0</v>
+      <c r="AC37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD37"/>
       <c r="AE37" t="n" s="2">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF37"/>
     </row>
     <row r="38" ht="15.0" customHeight="true">
       <c r="A38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F38"/>
       <c r="G38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N38"/>
       <c r="O38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P38"/>
       <c r="Q38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R38"/>
       <c r="S38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T38"/>
       <c r="U38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V38"/>
       <c r="W38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X38"/>
       <c r="Y38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z38"/>
       <c r="AA38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB38"/>
       <c r="AC38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD38"/>
       <c r="AE38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF38"/>
     </row>
     <row r="39" ht="15.0" customHeight="true">
-      <c r="A39"/>
-[...3 lines deleted...]
-      <c r="C39"/>
+      <c r="A39" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="D39"/>
-      <c r="E39" t="s" s="4">
-        <v>2</v>
+      <c r="E39" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="F39"/>
-      <c r="G39" t="n" s="2">
-        <v>2.0</v>
+      <c r="G39" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H39"/>
-      <c r="I39"/>
-[...3 lines deleted...]
-      <c r="K39"/>
+      <c r="I39" t="n" s="1">
+        <v>9.0</v>
+      </c>
+      <c r="J39"/>
+      <c r="K39" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="n" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="O39"/>
       <c r="P39"/>
-      <c r="Q39" t="n" s="1">
-        <v>6.0</v>
+      <c r="Q39" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="R39"/>
       <c r="S39" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="T39"/>
-      <c r="U39" t="s" s="4">
-        <v>2</v>
+      <c r="U39" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="V39"/>
-      <c r="W39" t="n" s="2">
+      <c r="W39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="X39"/>
+      <c r="Y39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z39"/>
+      <c r="AA39" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="X39"/>
-[...4 lines deleted...]
-      <c r="AA39"/>
       <c r="AB39"/>
       <c r="AC39"/>
-      <c r="AD39" t="s" s="4">
-        <v>2</v>
+      <c r="AD39" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="AE39"/>
       <c r="AF39"/>
     </row>
     <row r="40" ht="15.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
     </row>
     <row r="41" ht="15.0" customHeight="true">
-      <c r="A41" t="s" s="4">
-        <v>2</v>
+      <c r="A41" t="n" s="1">
+        <v>7.0</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="n" s="2">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="D41"/>
-      <c r="E41" t="s" s="4">
-        <v>2</v>
+      <c r="E41" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="F41"/>
-      <c r="G41" t="n" s="2">
-        <v>1.0</v>
+      <c r="G41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="J41"/>
-      <c r="K41" t="s" s="4">
-        <v>2</v>
+      <c r="K41" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="L41"/>
-      <c r="M41" t="n" s="1">
-        <v>3.0</v>
+      <c r="M41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="N41"/>
       <c r="O41" t="n" s="2">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="P41"/>
       <c r="Q41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R41"/>
       <c r="S41" t="n" s="2">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="T41"/>
-      <c r="U41" t="n" s="1">
-        <v>4.0</v>
+      <c r="U41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="V41"/>
       <c r="W41" t="n" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="X41"/>
-      <c r="Y41" t="n" s="1">
-        <v>4.0</v>
+      <c r="Y41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z41"/>
       <c r="AA41" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AB41"/>
-      <c r="AC41"/>
-[...3 lines deleted...]
-      <c r="AE41"/>
+      <c r="AC41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD41"/>
+      <c r="AE41" t="n" s="2">
+        <v>6.0</v>
+      </c>
       <c r="AF41"/>
     </row>
     <row r="42" ht="15.0" customHeight="true">
       <c r="A42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F42"/>
       <c r="G42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J42"/>
       <c r="K42" t="s" s="1">
         <v>0</v>
@@ -2412,324 +2414,322 @@
       <c r="Q42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R42"/>
       <c r="S42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T42"/>
       <c r="U42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V42"/>
       <c r="W42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X42"/>
       <c r="Y42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z42"/>
       <c r="AA42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB42"/>
       <c r="AC42" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD42"/>
       <c r="AE42" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF42"/>
     </row>
     <row r="43" ht="15.0" customHeight="true">
       <c r="A43"/>
-      <c r="B43" t="n" s="3">
-        <v>10.0</v>
+      <c r="B43" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="n" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
-      <c r="J43" t="n" s="3">
-        <v>7.0</v>
+      <c r="J43" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
-      <c r="N43" t="s" s="4">
-        <v>2</v>
+      <c r="N43" t="n" s="3">
+        <v>10.0</v>
       </c>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43" t="n" s="3">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43"/>
-      <c r="V43" t="s" s="4">
-        <v>2</v>
+      <c r="V43" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="W43"/>
       <c r="X43"/>
       <c r="Y43"/>
-      <c r="Z43" t="s" s="4">
-        <v>2</v>
+      <c r="Z43" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="AA43"/>
       <c r="AB43"/>
-      <c r="AC43" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC43"/>
+      <c r="AD43" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AE43"/>
       <c r="AF43"/>
     </row>
     <row r="44" ht="15.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44"/>
       <c r="AD44"/>
       <c r="AE44"/>
       <c r="AF44"/>
     </row>
     <row r="45" ht="15.0" customHeight="true">
-      <c r="A45" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="A45"/>
+      <c r="B45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C45"/>
       <c r="D45"/>
-      <c r="E45" t="n" s="1">
-        <v>3.0</v>
+      <c r="E45" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F45"/>
       <c r="G45" t="n" s="2">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="H45"/>
-      <c r="I45" t="n" s="1">
+      <c r="I45"/>
+      <c r="J45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K45"/>
+      <c r="L45"/>
+      <c r="M45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N45"/>
+      <c r="O45" t="n" s="2">
         <v>5.0</v>
       </c>
-      <c r="J45"/>
-[...8 lines deleted...]
-      <c r="O45"/>
       <c r="P45"/>
-      <c r="Q45" t="s" s="4">
-        <v>2</v>
+      <c r="Q45" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="R45"/>
       <c r="S45" t="n" s="2">
         <v>2.0</v>
       </c>
       <c r="T45"/>
-      <c r="U45"/>
-[...3 lines deleted...]
-      <c r="W45"/>
+      <c r="U45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V45"/>
+      <c r="W45" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45" t="n" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="AA45"/>
       <c r="AB45"/>
-      <c r="AC45"/>
-[...3 lines deleted...]
-      <c r="AE45"/>
+      <c r="AC45" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="AD45"/>
+      <c r="AE45" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF45"/>
     </row>
     <row r="46" ht="15.0" customHeight="true">
       <c r="A46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F46"/>
       <c r="G46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N46"/>
       <c r="O46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P46"/>
       <c r="Q46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R46"/>
       <c r="S46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T46"/>
       <c r="U46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V46"/>
       <c r="W46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X46"/>
       <c r="Y46" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z46"/>
       <c r="AA46" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB46"/>
       <c r="AC46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD46"/>
       <c r="AE46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF46"/>
     </row>
     <row r="47" ht="15.0" customHeight="true">
-      <c r="A47"/>
-[...3 lines deleted...]
-      <c r="C47"/>
+      <c r="A47" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="D47"/>
       <c r="E47"/>
-      <c r="F47" t="s" s="4">
-        <v>2</v>
+      <c r="F47" t="n" s="3">
+        <v>8.0</v>
       </c>
       <c r="G47"/>
       <c r="H47"/>
-      <c r="I47"/>
-[...3 lines deleted...]
-      <c r="K47"/>
+      <c r="I47" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="J47"/>
+      <c r="K47" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="L47"/>
-      <c r="M47" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M47"/>
+      <c r="N47" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
-      <c r="R47" t="n" s="3">
-        <v>5.0</v>
+      <c r="R47" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="S47"/>
       <c r="T47"/>
-      <c r="U47" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U47"/>
+      <c r="V47" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="W47"/>
       <c r="X47"/>
-      <c r="Y47" t="s" s="4">
-        <v>2</v>
+      <c r="Y47" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="Z47"/>
-      <c r="AA47" t="n" s="2">
-        <v>1.0</v>
+      <c r="AA47" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB47"/>
-      <c r="AC47" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC47"/>
+      <c r="AD47" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AE47"/>
       <c r="AF47"/>
     </row>
     <row r="48" ht="15.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>