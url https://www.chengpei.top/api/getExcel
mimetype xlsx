--- v4 (2026-02-01)
+++ v5 (2026-03-19)
@@ -133,1305 +133,1305 @@
     <col min="13" max="13" width="2.734375" customWidth="true"/>
     <col min="14" max="14" width="2.734375" customWidth="true"/>
     <col min="15" max="15" width="2.734375" customWidth="true"/>
     <col min="16" max="16" width="2.734375" customWidth="true"/>
     <col min="17" max="17" width="2.734375" customWidth="true"/>
     <col min="18" max="18" width="2.734375" customWidth="true"/>
     <col min="19" max="19" width="2.734375" customWidth="true"/>
     <col min="20" max="20" width="2.734375" customWidth="true"/>
     <col min="21" max="21" width="2.734375" customWidth="true"/>
     <col min="22" max="22" width="2.734375" customWidth="true"/>
     <col min="23" max="23" width="2.734375" customWidth="true"/>
     <col min="24" max="24" width="2.734375" customWidth="true"/>
     <col min="25" max="25" width="2.734375" customWidth="true"/>
     <col min="26" max="26" width="2.734375" customWidth="true"/>
     <col min="27" max="27" width="2.734375" customWidth="true"/>
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
       <c r="A1"/>
       <c r="B1" t="n" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="C1"/>
       <c r="D1"/>
-      <c r="E1" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E1"/>
+      <c r="F1" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="G1"/>
       <c r="H1"/>
-      <c r="I1"/>
-[...3 lines deleted...]
-      <c r="K1"/>
+      <c r="I1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J1"/>
+      <c r="K1" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="L1"/>
-      <c r="M1" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M1"/>
+      <c r="N1" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1" t="n" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="S1"/>
       <c r="T1"/>
-      <c r="U1" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U1"/>
+      <c r="V1" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="W1"/>
       <c r="X1"/>
-      <c r="Y1"/>
-      <c r="Z1" t="n" s="3">
+      <c r="Y1" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="Z1"/>
+      <c r="AA1" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AB1"/>
+      <c r="AC1"/>
+      <c r="AD1" t="n" s="3">
         <v>6.0</v>
       </c>
-      <c r="AA1"/>
-[...7 lines deleted...]
-      </c>
+      <c r="AE1"/>
       <c r="AF1"/>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P2"/>
       <c r="Q2" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R2"/>
       <c r="S2" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T2"/>
       <c r="U2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V2"/>
       <c r="W2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X2"/>
       <c r="Y2" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z2"/>
       <c r="AA2" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB2"/>
       <c r="AC2" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD2"/>
       <c r="AE2" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF2"/>
     </row>
     <row r="3" ht="15.0" customHeight="true">
-      <c r="A3" t="s" s="4">
-        <v>2</v>
+      <c r="A3" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="B3"/>
-      <c r="C3" t="n" s="2">
-        <v>1.0</v>
+      <c r="C3" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="D3"/>
-      <c r="E3"/>
-      <c r="F3" t="n" s="3">
+      <c r="E3" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="K3"/>
+      <c r="L3"/>
+      <c r="M3" t="n" s="1">
         <v>5.0</v>
       </c>
-      <c r="G3"/>
-[...13 lines deleted...]
-      <c r="O3"/>
+      <c r="N3"/>
+      <c r="O3" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P3"/>
       <c r="Q3" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="T3"/>
-      <c r="U3"/>
-[...3 lines deleted...]
-      <c r="W3"/>
+      <c r="U3" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="V3"/>
+      <c r="W3" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X3"/>
-      <c r="Y3" t="s" s="4">
-[...3 lines deleted...]
-      <c r="AA3" t="n" s="2">
+      <c r="Y3"/>
+      <c r="Z3" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AA3"/>
+      <c r="AB3"/>
+      <c r="AC3" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD3"/>
+      <c r="AE3" t="n" s="2">
         <v>1.0</v>
       </c>
-      <c r="AB3"/>
-[...4 lines deleted...]
-      <c r="AE3"/>
       <c r="AF3"/>
     </row>
     <row r="4" ht="15.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
     </row>
     <row r="5" ht="15.0" customHeight="true">
-      <c r="A5"/>
-[...3 lines deleted...]
-      <c r="C5"/>
+      <c r="A5" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D5"/>
-      <c r="E5"/>
-[...3 lines deleted...]
-      <c r="G5"/>
+      <c r="E5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="H5"/>
       <c r="I5" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J5"/>
-      <c r="K5" t="n" s="2">
-        <v>1.0</v>
+      <c r="K5" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="L5"/>
-      <c r="M5" t="s" s="4">
-        <v>2</v>
+      <c r="M5" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="N5"/>
       <c r="O5" t="n" s="2">
+        <v>6.0</v>
+      </c>
+      <c r="P5"/>
+      <c r="Q5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R5"/>
+      <c r="S5" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="T5"/>
+      <c r="U5"/>
+      <c r="V5" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="W5"/>
+      <c r="X5"/>
+      <c r="Y5"/>
+      <c r="Z5" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AA5"/>
+      <c r="AB5"/>
+      <c r="AC5"/>
+      <c r="AD5" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="P5"/>
-[...28 lines deleted...]
-      </c>
+      <c r="AE5"/>
       <c r="AF5"/>
     </row>
     <row r="6" ht="15.0" customHeight="true">
       <c r="A6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F6"/>
       <c r="G6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J6"/>
       <c r="K6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P6"/>
       <c r="Q6" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R6"/>
       <c r="S6" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T6"/>
       <c r="U6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V6"/>
       <c r="W6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X6"/>
       <c r="Y6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z6"/>
       <c r="AA6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB6"/>
       <c r="AC6" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD6"/>
       <c r="AE6" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF6"/>
     </row>
     <row r="7" ht="15.0" customHeight="true">
-      <c r="A7" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A7"/>
+      <c r="B7" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="C7"/>
       <c r="D7"/>
-      <c r="E7" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E7"/>
+      <c r="F7" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
-      <c r="J7" t="s" s="4">
-        <v>2</v>
+      <c r="J7" t="n" s="3">
+        <v>6.0</v>
       </c>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
-      <c r="N7" t="n" s="3">
-        <v>10.0</v>
+      <c r="N7" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="O7"/>
       <c r="P7"/>
-      <c r="Q7" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q7"/>
+      <c r="R7" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="S7"/>
       <c r="T7"/>
-      <c r="U7"/>
-[...3 lines deleted...]
-      <c r="W7"/>
+      <c r="U7" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V7"/>
+      <c r="W7" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="X7"/>
-      <c r="Y7"/>
-[...3 lines deleted...]
-      <c r="AA7"/>
+      <c r="Y7" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="Z7"/>
+      <c r="AA7" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AB7"/>
-      <c r="AC7"/>
-[...3 lines deleted...]
-      <c r="AE7"/>
+      <c r="AC7" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD7"/>
+      <c r="AE7" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF7"/>
     </row>
     <row r="8" ht="15.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
     </row>
     <row r="9" ht="15.0" customHeight="true">
-      <c r="A9"/>
-[...3 lines deleted...]
-      <c r="C9"/>
+      <c r="A9" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D9"/>
-      <c r="E9"/>
-[...3 lines deleted...]
-      <c r="G9"/>
+      <c r="E9" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="F9"/>
+      <c r="G9" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="H9"/>
-      <c r="I9"/>
-[...3 lines deleted...]
-      <c r="K9"/>
+      <c r="I9" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="J9"/>
+      <c r="K9" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="L9"/>
-      <c r="M9"/>
-[...3 lines deleted...]
-      <c r="O9"/>
+      <c r="M9" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="N9"/>
+      <c r="O9" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9" t="n" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="S9"/>
       <c r="T9"/>
-      <c r="U9"/>
-[...3 lines deleted...]
-      <c r="W9"/>
+      <c r="U9" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V9"/>
+      <c r="W9" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9" t="n" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="AA9"/>
       <c r="AB9"/>
-      <c r="AC9" t="s" s="4">
-        <v>2</v>
+      <c r="AC9" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="AD9"/>
-      <c r="AE9" t="n" s="2">
-        <v>4.0</v>
+      <c r="AE9" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AF9"/>
     </row>
     <row r="10" ht="15.0" customHeight="true">
       <c r="A10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F10"/>
       <c r="G10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P10"/>
       <c r="Q10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T10"/>
       <c r="U10" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V10"/>
       <c r="W10" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X10"/>
       <c r="Y10" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z10"/>
       <c r="AA10" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB10"/>
       <c r="AC10" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD10"/>
       <c r="AE10" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF10"/>
     </row>
     <row r="11" ht="15.0" customHeight="true">
-      <c r="A11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A11"/>
+      <c r="B11" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="C11"/>
       <c r="D11"/>
-      <c r="E11" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="E11"/>
+      <c r="F11" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G11"/>
       <c r="H11"/>
-      <c r="I11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I11"/>
+      <c r="J11" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="K11"/>
       <c r="L11"/>
-      <c r="M11" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M11"/>
+      <c r="N11" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="O11"/>
       <c r="P11"/>
       <c r="Q11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="n" s="2">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="T11"/>
-      <c r="U11" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U11"/>
+      <c r="V11" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="W11"/>
       <c r="X11"/>
-      <c r="Y11" t="s" s="4">
-        <v>2</v>
+      <c r="Y11" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="Z11"/>
-      <c r="AA11" t="n" s="2">
-        <v>1.0</v>
+      <c r="AA11" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11" t="n" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="AE11"/>
       <c r="AF11"/>
     </row>
     <row r="12" ht="15.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
     </row>
     <row r="13" ht="15.0" customHeight="true">
       <c r="A13" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="n" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="J13"/>
       <c r="K13" t="n" s="2">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="n" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="O13"/>
       <c r="P13"/>
-      <c r="Q13"/>
-[...3 lines deleted...]
-      <c r="S13"/>
+      <c r="Q13" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="R13"/>
+      <c r="S13" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="T13"/>
-      <c r="U13" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U13"/>
+      <c r="V13" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="W13"/>
       <c r="X13"/>
-      <c r="Y13"/>
-[...3 lines deleted...]
-      <c r="AA13"/>
+      <c r="Y13" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="Z13"/>
+      <c r="AA13" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AB13"/>
-      <c r="AC13"/>
-[...3 lines deleted...]
-      <c r="AE13"/>
+      <c r="AC13" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="AD13"/>
+      <c r="AE13" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF13"/>
     </row>
     <row r="14" ht="15.0" customHeight="true">
       <c r="A14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F14"/>
       <c r="G14" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s" s="2">
         <v>0</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s" s="1">
         <v>1</v>
       </c>
       <c r="P14"/>
       <c r="Q14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T14"/>
       <c r="U14" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V14"/>
       <c r="W14" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X14"/>
       <c r="Y14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z14"/>
       <c r="AA14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB14"/>
       <c r="AC14" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD14"/>
       <c r="AE14" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF14"/>
     </row>
     <row r="15" ht="15.0" customHeight="true">
       <c r="A15"/>
       <c r="B15" t="n" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F15"/>
       <c r="G15" t="n" s="2">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="n" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
-      <c r="M15" t="n" s="1">
-        <v>6.0</v>
+      <c r="M15" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="N15"/>
-      <c r="O15" t="s" s="4">
-        <v>2</v>
+      <c r="O15" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="P15"/>
-      <c r="Q15" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q15"/>
+      <c r="R15" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="S15"/>
       <c r="T15"/>
-      <c r="U15"/>
-[...3 lines deleted...]
-      <c r="W15"/>
+      <c r="U15" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V15"/>
+      <c r="W15" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X15"/>
-      <c r="Y15" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y15"/>
+      <c r="Z15" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="AA15"/>
       <c r="AB15"/>
-      <c r="AC15" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC15"/>
+      <c r="AD15" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AE15"/>
       <c r="AF15"/>
     </row>
     <row r="16" ht="15.0" customHeight="true">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
     </row>
     <row r="17" ht="15.0" customHeight="true">
       <c r="A17" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="B17"/>
-      <c r="C17" t="s" s="4">
-        <v>2</v>
+      <c r="C17" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="n" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
-      <c r="I17" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I17"/>
+      <c r="J17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K17"/>
       <c r="L17"/>
-      <c r="M17"/>
-[...3 lines deleted...]
-      <c r="O17"/>
+      <c r="M17" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="N17"/>
+      <c r="O17" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="P17"/>
       <c r="Q17" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="R17"/>
-      <c r="S17" t="n" s="2">
-        <v>3.0</v>
+      <c r="S17" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="T17"/>
       <c r="U17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="V17"/>
       <c r="W17" t="n" s="2">
         <v>2.0</v>
       </c>
       <c r="X17"/>
-      <c r="Y17" t="n" s="1">
-        <v>4.0</v>
+      <c r="Y17" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="Z17"/>
-      <c r="AA17" t="s" s="4">
-        <v>2</v>
+      <c r="AA17" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="AB17"/>
-      <c r="AC17"/>
-[...3 lines deleted...]
-      <c r="AE17"/>
+      <c r="AC17" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD17"/>
+      <c r="AE17" t="n" s="2">
+        <v>7.0</v>
+      </c>
       <c r="AF17"/>
     </row>
     <row r="18" ht="15.0" customHeight="true">
       <c r="A18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F18"/>
       <c r="G18" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P18"/>
       <c r="Q18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T18"/>
       <c r="U18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V18"/>
       <c r="W18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X18"/>
       <c r="Y18" t="s" s="2">
         <v>1</v>
       </c>
       <c r="Z18"/>
       <c r="AA18" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AB18"/>
       <c r="AC18" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD18"/>
       <c r="AE18" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF18"/>
     </row>
     <row r="19" ht="15.0" customHeight="true">
       <c r="A19"/>
-      <c r="B19" t="n" s="3">
-        <v>4.0</v>
+      <c r="B19" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="F19"/>
       <c r="G19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H19"/>
-      <c r="I19"/>
-[...3 lines deleted...]
-      <c r="K19"/>
+      <c r="I19" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="J19"/>
+      <c r="K19" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="L19"/>
-      <c r="M19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="M19"/>
+      <c r="N19" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
-      <c r="R19" t="s" s="4">
-        <v>2</v>
+      <c r="R19" t="n" s="3">
+        <v>9.0</v>
       </c>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19" t="n" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19" t="n" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="AA19"/>
       <c r="AB19"/>
-      <c r="AC19" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC19"/>
+      <c r="AD19" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AE19"/>
       <c r="AF19"/>
     </row>
     <row r="20" ht="15.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
     </row>
     <row r="21" ht="15.0" customHeight="true">
-      <c r="A21" t="s" s="4">
-        <v>2</v>
+      <c r="A21" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="n" s="2">
+        <v>3.0</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="F21"/>
+      <c r="G21" t="n" s="2">
         <v>2.0</v>
-      </c>
-[...6 lines deleted...]
-        <v>2</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J21"/>
-      <c r="K21" t="s" s="4">
-        <v>2</v>
+      <c r="K21" t="n" s="2">
+        <v>6.0</v>
       </c>
       <c r="L21"/>
-      <c r="M21"/>
-[...3 lines deleted...]
-      <c r="O21"/>
+      <c r="M21" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="N21"/>
+      <c r="O21" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="P21"/>
       <c r="Q21" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="R21"/>
-      <c r="S21" t="s" s="4">
-        <v>2</v>
+      <c r="S21" t="n" s="2">
+        <v>3.0</v>
       </c>
       <c r="T21"/>
       <c r="U21"/>
-      <c r="V21" t="s" s="4">
-        <v>2</v>
+      <c r="V21" t="n" s="3">
+        <v>5.0</v>
       </c>
       <c r="W21"/>
       <c r="X21"/>
-      <c r="Y21" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y21"/>
+      <c r="Z21" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="AA21"/>
       <c r="AB21"/>
-      <c r="AC21" t="n" s="1">
-        <v>7.0</v>
+      <c r="AC21" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AD21"/>
       <c r="AE21" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF21"/>
     </row>
     <row r="22" ht="15.0" customHeight="true">
       <c r="A22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="F22"/>
       <c r="G22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J22"/>
       <c r="K22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T22"/>
       <c r="U22" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V22"/>
       <c r="W22" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X22"/>
       <c r="Y22" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z22"/>
       <c r="AA22" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB22"/>
       <c r="AC22" t="s" s="2">
         <v>1</v>
       </c>
       <c r="AD22"/>
       <c r="AE22" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AF22"/>
     </row>
     <row r="23" ht="15.0" customHeight="true">
       <c r="A23"/>
-      <c r="B23" t="n" s="3">
-        <v>10.0</v>
+      <c r="B23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="n" s="3">
         <v>6.0</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
-      <c r="J23" t="n" s="3">
-        <v>6.0</v>
+      <c r="J23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
-      <c r="M23" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M23"/>
+      <c r="N23" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
-      <c r="R23" t="n" s="3">
-        <v>9.0</v>
+      <c r="R23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="V23"/>
-      <c r="W23" t="n" s="2">
-        <v>4.0</v>
+      <c r="W23" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="X23"/>
-      <c r="Y23"/>
-[...3 lines deleted...]
-      <c r="AA23"/>
+      <c r="Y23" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z23"/>
+      <c r="AA23" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="AB23"/>
       <c r="AC23"/>
-      <c r="AD23" t="s" s="4">
-        <v>2</v>
+      <c r="AD23" t="n" s="3">
+        <v>7.0</v>
       </c>
       <c r="AE23"/>
       <c r="AF23"/>
     </row>
     <row r="24" ht="15.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
@@ -1439,1297 +1439,1297 @@
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
     </row>
     <row r="25" ht="15.0" customHeight="true">
       <c r="A25"/>
       <c r="B25" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="n" s="3">
         <v>6.0</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
-      <c r="I25" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I25"/>
+      <c r="J25" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="n" s="3">
         <v>9.0</v>
       </c>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="S25"/>
       <c r="T25"/>
-      <c r="U25"/>
-[...3 lines deleted...]
-      <c r="W25"/>
+      <c r="U25" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V25"/>
+      <c r="W25" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="X25"/>
-      <c r="Y25" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Y25"/>
+      <c r="Z25" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AA25"/>
       <c r="AB25"/>
-      <c r="AC25" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC25"/>
+      <c r="AD25" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AE25"/>
       <c r="AF25"/>
     </row>
     <row r="26" ht="15.0" customHeight="true">
       <c r="A26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F26"/>
       <c r="G26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="P26"/>
       <c r="Q26" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R26"/>
       <c r="S26" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T26"/>
       <c r="U26" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V26"/>
       <c r="W26" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X26"/>
       <c r="Y26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z26"/>
       <c r="AA26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB26"/>
       <c r="AC26" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD26"/>
       <c r="AE26" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF26"/>
     </row>
     <row r="27" ht="15.0" customHeight="true">
       <c r="A27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="D27"/>
-      <c r="E27" t="n" s="1">
-        <v>5.0</v>
+      <c r="E27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="F27"/>
-      <c r="G27" t="s" s="4">
-        <v>2</v>
+      <c r="G27" t="n" s="2">
+        <v>2.0</v>
       </c>
       <c r="H27"/>
-      <c r="I27"/>
-      <c r="J27" t="n" s="3">
+      <c r="I27" t="n" s="1">
         <v>4.0</v>
       </c>
-      <c r="K27"/>
+      <c r="J27"/>
+      <c r="K27" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L27"/>
-      <c r="M27" t="s" s="4">
-        <v>2</v>
+      <c r="M27" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="N27"/>
-      <c r="O27" t="n" s="2">
-        <v>1.0</v>
+      <c r="O27" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="P27"/>
       <c r="Q27" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="R27"/>
       <c r="S27" t="n" s="2">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="T27"/>
-      <c r="U27" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U27"/>
+      <c r="V27" t="n" s="3">
+        <v>7.0</v>
+      </c>
+      <c r="W27"/>
       <c r="X27"/>
-      <c r="Y27"/>
-[...3 lines deleted...]
-      <c r="AA27"/>
+      <c r="Y27" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="Z27"/>
+      <c r="AA27" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AB27"/>
-      <c r="AC27"/>
-[...3 lines deleted...]
-      <c r="AE27"/>
+      <c r="AC27" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD27"/>
+      <c r="AE27" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AF27"/>
     </row>
     <row r="28" ht="15.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
     </row>
     <row r="29" ht="15.0" customHeight="true">
-      <c r="A29"/>
-[...3 lines deleted...]
-      <c r="C29"/>
+      <c r="A29" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B29"/>
+      <c r="C29" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="n" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="G29"/>
       <c r="H29"/>
       <c r="I29" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="J29"/>
       <c r="K29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L29"/>
-      <c r="M29"/>
-[...3 lines deleted...]
-      <c r="O29"/>
+      <c r="M29" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="N29"/>
+      <c r="O29" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="P29"/>
       <c r="Q29"/>
-      <c r="R29" t="s" s="4">
-        <v>2</v>
+      <c r="R29" t="n" s="3">
+        <v>4.0</v>
       </c>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29" t="n" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="W29"/>
       <c r="X29"/>
-      <c r="Y29"/>
-[...3 lines deleted...]
-      <c r="AA29"/>
+      <c r="Y29" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="Z29"/>
+      <c r="AA29" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29" t="n" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AE29"/>
       <c r="AF29"/>
     </row>
     <row r="30" ht="15.0" customHeight="true">
       <c r="A30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F30"/>
       <c r="G30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s" s="2">
         <v>1</v>
       </c>
       <c r="J30"/>
       <c r="K30" t="s" s="1">
         <v>0</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N30"/>
       <c r="O30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P30"/>
       <c r="Q30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="R30"/>
       <c r="S30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="T30"/>
       <c r="U30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="V30"/>
       <c r="W30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="X30"/>
       <c r="Y30" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z30"/>
       <c r="AA30" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB30"/>
       <c r="AC30" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD30"/>
       <c r="AE30" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF30"/>
     </row>
     <row r="31" ht="15.0" customHeight="true">
-      <c r="A31" t="n" s="1">
+      <c r="A31"/>
+      <c r="B31" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="B31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C31"/>
       <c r="D31"/>
       <c r="E31" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="F31"/>
       <c r="G31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="n" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="K31"/>
       <c r="L31"/>
-      <c r="M31" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M31"/>
+      <c r="N31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="O31"/>
       <c r="P31"/>
-      <c r="Q31" t="n" s="1">
-        <v>4.0</v>
+      <c r="Q31" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="R31"/>
       <c r="S31" t="n" s="2">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="T31"/>
-      <c r="U31" t="s" s="4">
-        <v>2</v>
+      <c r="U31" t="n" s="1">
+        <v>3.0</v>
       </c>
       <c r="V31"/>
-      <c r="W31" t="n" s="2">
+      <c r="W31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="X31"/>
+      <c r="Y31"/>
+      <c r="Z31" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AA31"/>
+      <c r="AB31"/>
+      <c r="AC31" t="n" s="1">
         <v>4.0</v>
       </c>
-      <c r="X31"/>
-[...10 lines deleted...]
-      </c>
       <c r="AD31"/>
-      <c r="AE31" t="n" s="2">
-        <v>4.0</v>
+      <c r="AE31" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AF31"/>
     </row>
     <row r="32" ht="15.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
     </row>
     <row r="33" ht="15.0" customHeight="true">
       <c r="A33" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="D33"/>
-      <c r="E33"/>
-[...3 lines deleted...]
-      <c r="G33"/>
+      <c r="E33" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="F33"/>
+      <c r="G33" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="H33"/>
-      <c r="I33" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="I33"/>
+      <c r="J33" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="K33"/>
       <c r="L33"/>
-      <c r="M33" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="M33"/>
+      <c r="N33" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="O33"/>
       <c r="P33"/>
-      <c r="Q33" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Q33"/>
+      <c r="R33" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="V33"/>
-      <c r="W33" t="n" s="2">
-        <v>2.0</v>
+      <c r="W33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="X33"/>
       <c r="Y33"/>
-      <c r="Z33" t="n" s="3">
-        <v>9.0</v>
+      <c r="Z33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
-      <c r="AD33" t="n" s="3">
-        <v>9.0</v>
+      <c r="AD33" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AE33"/>
       <c r="AF33"/>
     </row>
     <row r="34" ht="15.0" customHeight="true">
       <c r="A34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F34"/>
       <c r="G34" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J34"/>
       <c r="K34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N34"/>
       <c r="O34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P34"/>
       <c r="Q34" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R34"/>
       <c r="S34" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T34"/>
       <c r="U34" t="s" s="2">
         <v>1</v>
       </c>
       <c r="V34"/>
       <c r="W34" t="s" s="1">
         <v>0</v>
       </c>
       <c r="X34"/>
       <c r="Y34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z34"/>
       <c r="AA34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB34"/>
       <c r="AC34" t="s" s="2">
         <v>0</v>
       </c>
       <c r="AD34"/>
       <c r="AE34" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AF34"/>
     </row>
     <row r="35" ht="15.0" customHeight="true">
       <c r="A35"/>
       <c r="B35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
-      <c r="E35" t="n" s="1">
-[...3 lines deleted...]
-      <c r="G35" t="n" s="2">
+      <c r="E35"/>
+      <c r="F35" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G35"/>
+      <c r="H35"/>
+      <c r="I35" t="n" s="1">
+        <v>6.0</v>
+      </c>
+      <c r="J35"/>
+      <c r="K35" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="N35"/>
+      <c r="O35" t="n" s="2">
         <v>2.0</v>
       </c>
-      <c r="H35"/>
-[...10 lines deleted...]
-      <c r="O35"/>
       <c r="P35"/>
-      <c r="Q35"/>
-[...3 lines deleted...]
-      <c r="S35"/>
+      <c r="Q35" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="R35"/>
+      <c r="S35" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="T35"/>
       <c r="U35"/>
-      <c r="V35" t="s" s="4">
-        <v>2</v>
+      <c r="V35" t="n" s="3">
+        <v>8.0</v>
       </c>
       <c r="W35"/>
       <c r="X35"/>
-      <c r="Y35" t="s" s="4">
-        <v>2</v>
+      <c r="Y35" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="Z35"/>
       <c r="AA35" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AB35"/>
-      <c r="AC35" t="s" s="4">
-        <v>2</v>
+      <c r="AC35" t="n" s="1">
+        <v>4.0</v>
       </c>
       <c r="AD35"/>
       <c r="AE35" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AF35"/>
     </row>
     <row r="36" ht="15.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
     </row>
     <row r="37" ht="15.0" customHeight="true">
       <c r="A37"/>
       <c r="B37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
-      <c r="F37" t="n" s="3">
-        <v>7.0</v>
+      <c r="F37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="K37"/>
       <c r="L37"/>
-      <c r="M37" t="s" s="4">
-        <v>2</v>
+      <c r="M37" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="N37"/>
-      <c r="O37" t="n" s="2">
-        <v>6.0</v>
+      <c r="O37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="P37"/>
-      <c r="Q37"/>
-[...3 lines deleted...]
-      <c r="S37"/>
+      <c r="Q37" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R37"/>
+      <c r="S37" t="n" s="2">
+        <v>3.0</v>
+      </c>
       <c r="T37"/>
-      <c r="U37"/>
-[...3 lines deleted...]
-      <c r="W37"/>
+      <c r="U37" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="V37"/>
+      <c r="W37" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="X37"/>
       <c r="Y37"/>
-      <c r="Z37" t="n" s="3">
-        <v>4.0</v>
+      <c r="Z37" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="AA37"/>
       <c r="AB37"/>
-      <c r="AC37" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC37"/>
+      <c r="AD37" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="AE37"/>
       <c r="AF37"/>
     </row>
     <row r="38" ht="15.0" customHeight="true">
       <c r="A38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="F38"/>
       <c r="G38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N38"/>
       <c r="O38" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P38"/>
       <c r="Q38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R38"/>
       <c r="S38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T38"/>
       <c r="U38" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V38"/>
       <c r="W38" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X38"/>
       <c r="Y38" t="s" s="2">
         <v>0</v>
       </c>
       <c r="Z38"/>
       <c r="AA38" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AB38"/>
       <c r="AC38" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD38"/>
       <c r="AE38" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF38"/>
     </row>
     <row r="39" ht="15.0" customHeight="true">
       <c r="A39" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="n" s="2">
         <v>2.0</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="F39"/>
-      <c r="G39" t="s" s="4">
-        <v>2</v>
+      <c r="G39" t="n" s="2">
+        <v>1.0</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="J39"/>
       <c r="K39" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="n" s="3">
         <v>9.0</v>
       </c>
       <c r="O39"/>
       <c r="P39"/>
-      <c r="Q39" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Q39"/>
+      <c r="R39" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="S39"/>
       <c r="T39"/>
-      <c r="U39" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="U39"/>
+      <c r="V39" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="W39"/>
       <c r="X39"/>
-      <c r="Y39" t="s" s="4">
-        <v>2</v>
+      <c r="Y39" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="Z39"/>
       <c r="AA39" t="n" s="2">
         <v>1.0</v>
       </c>
       <c r="AB39"/>
-      <c r="AC39"/>
-[...3 lines deleted...]
-      <c r="AE39"/>
+      <c r="AC39" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AD39"/>
+      <c r="AE39" t="n" s="2">
+        <v>4.0</v>
+      </c>
       <c r="AF39"/>
     </row>
     <row r="40" ht="15.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
     </row>
     <row r="41" ht="15.0" customHeight="true">
-      <c r="A41" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A41"/>
+      <c r="B41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C41"/>
       <c r="D41"/>
-      <c r="E41" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="E41"/>
+      <c r="F41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G41"/>
       <c r="H41"/>
-      <c r="I41" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I41"/>
+      <c r="J41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="K41"/>
       <c r="L41"/>
-      <c r="M41" t="s" s="4">
-        <v>2</v>
+      <c r="M41" t="n" s="1">
+        <v>5.0</v>
       </c>
       <c r="N41"/>
-      <c r="O41" t="n" s="2">
-        <v>5.0</v>
+      <c r="O41" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="P41"/>
       <c r="Q41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R41"/>
       <c r="S41" t="n" s="2">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="T41"/>
-      <c r="U41" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U41"/>
+      <c r="V41" t="n" s="3">
+        <v>9.0</v>
+      </c>
+      <c r="W41"/>
       <c r="X41"/>
-      <c r="Y41" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="Y41"/>
+      <c r="Z41" t="n" s="3">
+        <v>10.0</v>
+      </c>
+      <c r="AA41"/>
       <c r="AB41"/>
-      <c r="AC41" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="AC41"/>
+      <c r="AD41" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="AE41"/>
       <c r="AF41"/>
     </row>
     <row r="42" ht="15.0" customHeight="true">
       <c r="A42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F42"/>
       <c r="G42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J42"/>
       <c r="K42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N42"/>
       <c r="O42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P42"/>
       <c r="Q42" t="s" s="2">
         <v>1</v>
       </c>
       <c r="R42"/>
       <c r="S42" t="s" s="1">
         <v>0</v>
       </c>
       <c r="T42"/>
       <c r="U42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V42"/>
       <c r="W42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X42"/>
       <c r="Y42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z42"/>
       <c r="AA42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB42"/>
       <c r="AC42" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD42"/>
       <c r="AE42" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF42"/>
     </row>
     <row r="43" ht="15.0" customHeight="true">
-      <c r="A43"/>
-[...3 lines deleted...]
-      <c r="C43"/>
+      <c r="A43" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="D43"/>
-      <c r="E43"/>
-[...3 lines deleted...]
-      <c r="G43"/>
+      <c r="E43" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="F43"/>
+      <c r="G43" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="H43"/>
-      <c r="I43"/>
-[...3 lines deleted...]
-      <c r="K43"/>
+      <c r="I43" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="J43"/>
+      <c r="K43" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="n" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43" t="n" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="S43"/>
       <c r="T43"/>
-      <c r="U43"/>
-[...3 lines deleted...]
-      <c r="W43"/>
+      <c r="U43" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="V43"/>
+      <c r="W43" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="X43"/>
-      <c r="Y43"/>
-[...3 lines deleted...]
-      <c r="AA43"/>
+      <c r="Y43" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z43"/>
+      <c r="AA43" t="n" s="2">
+        <v>6.0</v>
+      </c>
       <c r="AB43"/>
-      <c r="AC43"/>
-[...3 lines deleted...]
-      <c r="AE43"/>
+      <c r="AC43" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="AD43"/>
+      <c r="AE43" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="AF43"/>
     </row>
     <row r="44" ht="15.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44"/>
       <c r="AD44"/>
       <c r="AE44"/>
       <c r="AF44"/>
     </row>
     <row r="45" ht="15.0" customHeight="true">
-      <c r="A45"/>
-[...3 lines deleted...]
-      <c r="C45"/>
+      <c r="A45" t="n" s="1">
+        <v>5.0</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="D45"/>
-      <c r="E45" t="s" s="4">
-[...3 lines deleted...]
-      <c r="G45" t="n" s="2">
+      <c r="E45"/>
+      <c r="F45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45"/>
+      <c r="I45" t="n" s="1">
         <v>5.0</v>
       </c>
-      <c r="H45"/>
-[...4 lines deleted...]
-      <c r="K45"/>
+      <c r="J45"/>
+      <c r="K45" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="L45"/>
-      <c r="M45" t="s" s="4">
-        <v>2</v>
+      <c r="M45" t="n" s="1">
+        <v>6.0</v>
       </c>
       <c r="N45"/>
       <c r="O45" t="n" s="2">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="P45"/>
-      <c r="Q45" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="Q45"/>
+      <c r="R45" t="n" s="3">
+        <v>8.0</v>
+      </c>
+      <c r="S45"/>
       <c r="T45"/>
-      <c r="U45" t="s" s="4">
-[...5 lines deleted...]
-      </c>
+      <c r="U45"/>
+      <c r="V45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="W45"/>
       <c r="X45"/>
-      <c r="Y45"/>
-[...3 lines deleted...]
-      <c r="AA45"/>
+      <c r="Y45" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="Z45"/>
+      <c r="AA45" t="n" s="2">
+        <v>1.0</v>
+      </c>
       <c r="AB45"/>
-      <c r="AC45" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="AC45"/>
+      <c r="AD45" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="AE45"/>
       <c r="AF45"/>
     </row>
     <row r="46" ht="15.0" customHeight="true">
       <c r="A46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F46"/>
       <c r="G46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J46"/>
       <c r="K46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s" s="2">
         <v>1</v>
       </c>
       <c r="N46"/>
       <c r="O46" t="s" s="1">
         <v>0</v>
       </c>
       <c r="P46"/>
       <c r="Q46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R46"/>
       <c r="S46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T46"/>
       <c r="U46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V46"/>
       <c r="W46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X46"/>
       <c r="Y46" t="s" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z46"/>
       <c r="AA46" t="s" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB46"/>
       <c r="AC46" t="s" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD46"/>
       <c r="AE46" t="s" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF46"/>
     </row>
     <row r="47" ht="15.0" customHeight="true">
-      <c r="A47" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="A47"/>
+      <c r="B47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="C47"/>
       <c r="D47"/>
-      <c r="E47"/>
-[...3 lines deleted...]
-      <c r="G47"/>
+      <c r="E47" t="n" s="1">
+        <v>3.0</v>
+      </c>
+      <c r="F47"/>
+      <c r="G47" t="n" s="2">
+        <v>2.0</v>
+      </c>
       <c r="H47"/>
-      <c r="I47" t="n" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="I47"/>
+      <c r="J47" t="n" s="3">
+        <v>6.0</v>
+      </c>
+      <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
-      <c r="N47" t="n" s="3">
-        <v>10.0</v>
+      <c r="N47" t="s" s="4">
+        <v>2</v>
       </c>
       <c r="O47"/>
       <c r="P47"/>
-      <c r="Q47"/>
-[...3 lines deleted...]
-      <c r="S47"/>
+      <c r="Q47" t="s" s="4">
+        <v>2</v>
+      </c>
+      <c r="R47"/>
+      <c r="S47" t="n" s="2">
+        <v>5.0</v>
+      </c>
       <c r="T47"/>
-      <c r="U47"/>
-      <c r="V47" t="n" s="3">
+      <c r="U47" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="V47"/>
+      <c r="W47" t="n" s="2">
+        <v>2.0</v>
+      </c>
+      <c r="X47"/>
+      <c r="Y47"/>
+      <c r="Z47" t="n" s="3">
         <v>6.0</v>
       </c>
-      <c r="W47"/>
-[...7 lines deleted...]
-      </c>
+      <c r="AA47"/>
       <c r="AB47"/>
-      <c r="AC47"/>
-[...3 lines deleted...]
-      <c r="AE47"/>
+      <c r="AC47" t="n" s="1">
+        <v>4.0</v>
+      </c>
+      <c r="AD47"/>
+      <c r="AE47" t="s" s="4">
+        <v>2</v>
+      </c>
       <c r="AF47"/>
     </row>
     <row r="48" ht="15.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>